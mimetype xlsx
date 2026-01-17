--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,97 +86,91 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10565942</t>
-[...8 lines deleted...]
-    <t>Rivas, David_P [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA]; Shah, Zameer_Hussain [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA]; Shum, Henry [Department of Applied Mathematics University of Waterloo  Waterloo Ontario N2L 3G1 Canada]; Das, Sambeeta [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA] (ORCID:0000000206054021)</t>
+    <t>10372574</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/jeea/jvac051</t>
+  </si>
+  <si>
+    <t>Social Interactions and Legislative Activity</t>
+  </si>
+  <si>
+    <t>Canen, Nathan; Jackson, Matthew O.; Trebbi, Francesco</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-01-12T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>2196-7350</t>
+    <t>2022-09-13T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of the European Economic Association</t>
+  </si>
+  <si>
+    <t>1542-4766</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Artificial active colloids are an active area of research in the field of active matter and microrobotic systems. In particular, light‐driven semiconductor particles are shown to display interesting behaviors ranging from phototaxis (movement toward or away from a light source), rising from the substrate, interparticle attraction, attraction to the substrate, or other phenomena. However, these observations involve using multiple different designs of particles in varying conditions, making it unclear how the experimental parameters, such as pH, peroxide concentration, and light intensity, affect the outcomes. In this work, a peanut‐shaped hematite semiconductor particle is shown to exhibit a rich range of behavior as a function of the experimental conditions. The particles show rising, sticking, phototaxis, and in‐plane alignment of their long axes perpendicular to a magnetic field. A theoretical model accounting for gravity, van der Waals forces, electric double layer interactions with the glass surface, and self‐diffusiophoresis is formulated to describe the system. Using experimental data on the dependence of particle behavior on pH and ionic concentrations, the model captures the interplay of competing effects and explains many of the observed behaviors, providing insight into the relevant physical phenomena and how different environmental conditions can lead to such a rich diversity of behavior.&lt;/p&gt;</t>
+ &lt;p&gt;We develop a model of social interactions, as well as strategic interactions that depend on such social activity, and use it to measure social complementarities in the legislative process. Our model allows for partisan bias and homophily in the formation of relationships, which then impact legislative output. We use it to show how increased electoral competition can induce increased social behavior and the nonlinear effects of political polarization on legislative activity. We identify and structurally estimate our model using data on social and legislative efforts of members of each of the 105th–110th U.S. Congresses (1997–2009). We find large spillover effects in the form of complementarities between the efforts of politicians, both within and across parties. Although partisanship and preference differences between parties are significant drivers of socializing, our empirical evidence paints a less polarized picture of the informal connections of legislators than typically emerges from legislative votes alone.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2234869</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>2018554</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,85 +291,81 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>