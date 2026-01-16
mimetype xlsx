--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -128,51 +128,51 @@
   <si>
     <t>2024-12-11T05:00:00Z</t>
   </si>
   <si>
     <t>PLOS Biology</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>e3002927</t>
   </si>
   <si>
     <t>1545-7885</t>
   </si>
   <si>
     <t>&lt;p&gt;Experiments comparing diploids with polyploids and in single grassland sites show that nitrogen and/or phosphorus availability influences plant growth and community composition dependent on genome size; specifically, plants with larger genomes grow faster under nutrient enrichments relative to those with smaller genomes. However, it is unknown if these effects are specific to particular site localities with speciifc plant assemblages, climates, and historical contingencies. To determine the generality of genome size-dependent growth responses to nitrogen and phosphorus fertilization, we combined genome size and species abundance data from 27 coordinated grassland nutrient addition experiments in the Nutrient Network that occur in the Northern Hemisphere across a range of climates and grassland communities. We found that after nitrogen treatment, species with larger genomes generally increased more in cover compared to those with smaller genomes, potentially due to a release from nutrient limitation. Responses were strongest for C&lt;sub&gt;3&lt;/sub&gt;grasses and in less seasonal, low precipitation environments, indicating that genome size effects on water-use-efficiency modulates genome size–nutrient interactions. Cumulatively, the data suggest that genome size is informative and improves predictions of species’ success in grassland communities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1941309</t>
+    <t>1941309; 1831944</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>The data used in this study and the R code used for data analysis are publically available on the Environmental Data Initiative (EDI) at: https://doi.org/10.6073/pasta/ 0d6b08fbcf08605881edfb7acf0a1741.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>