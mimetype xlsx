--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566060</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Practical Guide to Machine Learning Interatomic Potentials – Status and Future</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jacobs, Ryan; Morgan, Dane; Attarian, Siamak; Meng, Jun; Shen, Chen; Wu, Zhenghao; Xie, Clare; Yang, Julia H; Artrith, Nongnuch; Blaiszik, Ben; Ceder, Gerbrand; Choudhary, Kamal; Csanyi, Gabor; Deng, Bowen; Drautz, Ralf; Godwin, Jonathan; Honavar, Vasant; Isayev, Olexandr; Johansson, Anders; Martiniani, Stefano; Ong, Shyue Ping; Poltavsky, Igor; Schmidt, KJ; Takamoto, So; Thompson, Aidan; Westermayr, Julia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Current opinion in solid state  materials science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1879-0348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The rapid development and large body of literature on machine learning potentials (MLPs) can make it difficult to know how to proceed for researchers who are not experts but wish to use these tools. The spirit of this review is to help such researchers by serving as a practical, accessible guide to the state-of-the-art in MLPs. This review paper covers a broad range of topics related to MLPs, including (i) central aspects of how and why MLPs are enablers of many exciting advancements in molecular modeling, (ii) the main underpinnings of different types of MLPs, including their basic structure and formalism, (iii) the potentially transformative impact of universal MLPs for both organic and inorganic systems, including an overview of the most recent advances, capabilities, downsides, and potential applications of this nascent class of MLPs, (iv) a practical guide for estimating and understanding the execution speed of MLPs, including guidance for users based on hardware availability, type of MLP used, and prospective simulation size and time, (v) a manual for what MLP a user should choose for a given application by considering hardware resources, speed requirements, energy and force accuracy requirements, as well as guidance for choosing pre-trained potentials or fitting a new potential from scratch, (vi) discussion around MLP infrastructure, including sources of training data, pre-trained potentials, and hardware resources for training, (vii) summary of some key limitations of present MLPs and current approaches to mitigate such limitations, including methods of including long-range interactions, handling magnetic systems, and treatment of excited states, and finally (viii) we finish with some more speculative thoughts on what the future holds for the development and application of MLPs over the next 3-10+ years.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2020243</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>