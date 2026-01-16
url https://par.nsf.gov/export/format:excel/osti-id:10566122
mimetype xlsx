--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="142">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,397 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
+    <t>10614388</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1140/epjc/s10052-025-14313-8</t>
+  </si>
+  <si>
+    <t>Neutrino interaction vertex reconstruction in DUNE with Pandora deep learning</t>
+  </si>
+  <si>
+    <t>Abud, A Abed; Acciarri, R; Acero, M A; Adames, M R; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Akbar, F; Alemanno, F; Alex, N S; Allison, K; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Aman, A; Amar, H; Amedo, P; Anderson, J; Andreopoulos, C; Andreotti, M; Andrews, M P; Andrianala, F; Andringa, S; Anjarazafy, F; Antic, D; Antoniassi, M; Antonova, M; Aranda-Fernandez, A; Arellano, L; Arrieta_Diaz, E; Arroyave, M A; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Ávila_Gómez, D; Azam, M B; Azfar, F; Back, A; Back, H; Back, J J; Bagaturia, I; Bagby, L; Baigarashev, D; Balasubramanian, S; Balboni, A; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barbu, D; Barenboim, G; Barham_Alzás, P; Barker, G J; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, J L; Basharina-Freshville, A; Bashyal, A; Basque, V; Basu, D; Batchelor, C; Bathe-Peters, L; Battat, J_B R; Battisti, F; Bay, F; Bazetto, M_C Q; Bazo_Alba, J_L L; Beacom, J F; Bechetoille, E; Behera, B; Belchior, E; Bell, B; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolini, E; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bezawada, Y; Bezerra, A T; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Blake, A; Blaszczyk, F D; Blazey, G C; Blucher, E; Bogart, B; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Booth, A; Boran, F; Borges_Merlo, R; Bostan, N; Botogoske, G; Bottino, B; Bouet, R; Boza, J; Bracinik, J; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, S J; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M B; Buchanan, N; Budd, H; Buergi, J; Bundock, A; Burgardt, D; Butchart, S; Caceres_V, G; Cai, T; Calabrese, R; Calabrese, R; Calcutt, J; Calivers, L; Calvo, E; Caminata, A; Camino, A F; Campanelli, W; Campani, A; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, J M; Carini, G; Carlus, B; Carneiro, M F; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Castaño_Forero, J F; Castaño, F A; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Cervera_Villanueva, A; Chalifour, M; Chappell, A; Chatterjee, A; Chauhan, B; Chen, H; Chen, M; Chen, W C; Chen, Y; Chen, Z; Cherdack, D; Chhibra, S S; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Choi, G; Chokheli, D; Chong, P S; Chowdhury, B; Christian, D; Chung, M; Church, E; Cicala, M F; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Cocco, A G; Coelho, J_A B; Cohen, A; Collazo, J; Collot, J; Conrad, J M; Convery, M; Conway, K; Copello, S; Cova, P; Cox, C; Cremonesi, L; Crespo-Anadón, J I; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallaway, W; D’Amico, R; da_Motta, H; Dar, Z A; Darby, R; Da_Silva_Peres, L; David, Q; Davies, G S; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; Decowski, M P; de_Gouvêa, A; De_Holanda, P C; De_Jong, P; Del_Amo_Sanchez, P; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell’Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, J_R T; DeMuth, D M; Dennis, S; Densham, C; Denton, P; Deptuch, G W; De_Roeck, A; De_Romeri, V; Detje, J P; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, J S; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Di_Silvestre, V; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Dolan, S; Dolce, M; Dolek, F; Dolinski, M J; Domenici, D; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, T A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, D A; Dyshkant, A S; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Emark, W; Englezos, P; Ereditato, A; Erjavec, T; Escobar, C O; Evans, J J; Ewart, E; Ezeribe, A C; Fahey, K; Falcone, A; Fani’, M; Farnese, C; Farrell, S; Farzan, Y; Felix, J; Feng, Y; Fernandez-Martinez, E; da_Silva, M Ferreira; Ferry, G; Fialova, E; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fucci, M; Fuess, S; Furic, I K; Furman, K; Furmanski, A P; Gaba, R; Gabrielli, A; Gago, A M; Galizzi, F; Gallagher, H; Galli, M; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, M Á; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghosh, A; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Giri, A K; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, R A; Gomez_Bermeo, L V; Gomez_Fajardo, L S; Gonzalez-Diaz, D; Goodman, M C; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, D R; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, W C; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, F Y; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, M M; Gwon, S; Habig, A; Haegel, L; Hagaman, L; Hahn, A; Hakenmüller, J; Hamernik, T; Hamilton, P; Hancock, J; Handley, M; Happacher, F; Harris, D A; Hart, A L; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C M; Hatcher, R; Hawkins, S; Hays, J; He, M; Heavey, A; Heeger, K M; Heindel, A; Heise, J; Hellmuth, P; Henderson, L; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Himmel, A; Hinkle, E; Hirsch, L R; Ho, J; Hoefken_Zink, J; Hoff, J; Holin, A; Holvey, T; Hong, C; Hoppe, E; Horiuchi, S; Horton-Smith, G A; Hosokawa, R; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, M S; Huang, J; Huang, R G; Huang, X; Hulcher, Z; Iles, G; Ilic, N; Iliescu, A M; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Ismerio_Oliveira, M; Jackson, C M; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jipa, A; Jo, J H; Joaquim, F R; Johnson, W; Jollet, C; Jones, R; Jovancevic, N; Judah, M; Jung, C K; Jung, K Y; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, A C; Kadenko, I; Kalikulov, O; Kalra, D; Kandemir, M; Kaplan, D M; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasetti, S P; Kashur, L; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, P T; Kelly, K J; Keloth, R; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, S H; Khan, N; Khvedelidze, A; Kim, D; Kim, J; Kim, M J; Kim, S; King, B; King, M; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, L W; Koh, D H; Kordosky, M; Kosc, T; Kostelecký, V A; Kothekar, K; Kotler, I; Kovalcuk, M; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kroupova, T; Kubota, S; Kubu, M; Kudryavtsev, V A; Kufatty, G; Kuhlmann, S; Kumar, J; Kumar, P; Kumar, P; Kumaran, S; Kunzmann, J; Kuravi, R; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lalău, I; Lambert, A; Land, B J; Lane, C E; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Larkin, J; Lasorak, P; Last, D; Laundrie, A; Laurenti, G; Lavaut, E; Laycock, P; Lazanu, I; LaZur, R; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Lehmann_Miotto, G; Lehnert, R; Leitner, M; Lemoine, H; Leon_Silverio, D; Lepin, L M; Li, J-Y; Li, S W; Li, Y; Liao, H; Lima, R; Lin, C S; Lindebaum, D; Linden, S; Lineros, R A; Lister, A; Littlejohn, B R; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lomidze, I; Long, K; Lopes, T V; Lopez, J; López_de_Rego, I; López-March, N; LoSecco, J M; Louis, W C; Lozano_Sanchez, A; Lu, X-G; Luk, K B; Luo, X; Luppi, E; Machado, A A; Machado, P; Macias, C T; Macier, J R; MacMahon, M; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Malige, A; Mameli, S; Man, M; Mandujano, R C; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, V N; Manzanillas-Velez, L; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, A D; Markiewicz, T; Das_Chagas_Marques, F; Marquet, C; Marshak, M; Marshall, C M; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Martinez_Caicedo, D A; Martinez-Casales, M; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Mastbaum, A; Masud, M; Matichard, F; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mayhew, F; Mazza, R; McAskill, T; McConkey, N; McFarland, K S; McGrew, C; McNab, A; McNulty, C; Meazza, L; Meddage, V_C N; Mehmood, M; Mehta, B; Mehta, P; Mei, F; Melas, P; Mellet, L; Mena, O; Mendez, H; Méndez, D P; Mendonca, A P; Menegolli, A; Meng, G; Mercuri, A_C_E A; Meregaglia, A; Messier, M D; Metallo, S; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Micallef, J; Miccoli, A; Michna, G; Milincic, R; Miller, F; Miller, G; Miller, W; Minotti, A; Miralles, L; Mironov, C; Miryala, S; Miscetti, S; Mishra, C S; Mishra, P; Mishra, S R; Mislivec, A; Mladenov, D; Mocioiu, I; Mogan, A; Mohanta, R; Mohayai, T A; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, L M; Mooney, M; Moor, A F; Moore, M; Moore, Z; Moreno, D; Moreno-Granados, G; Moreno-Palacios, O; Morescalchi, L; Moretti, R; Morris, C; Mossey, C; Moura, C A; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mukhamejanov, Y; Mukhamejanova, A; Mulhearn, M; Munford, D; Munteanu, L J; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Naples, D; Narita, S; Nava, J; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, J K; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nielsen, A; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, A; Nowak, J A; Oberling, M; Ochoa-Ricoux, J P; Oh, S; Oh, S B; Olivier, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Osorio_Vélez, J A; O’Sullivan, L; Otiniano_Ormachea, L; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, J M; Pallavicini, M; Palomares, C; Pan, S; Panareo, M; Panda, P; Pandey, V; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papadopoulou, A; Papaleo, R; Papoulias, D; Paramesvaran, S; Parke, S; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patiño_Camargo, G; Paton, J L; Patrick, C; Patrizii, L; Patterson, R B; Patzak, T; Paudel, A; Paul, J; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Peake, A; Pec, V; Pedreschi, E; Peeters, S_J M; Pellico, W; Pennacchio, E; Penzo, A; Peres, O_L G; Perez_Gonzalez, Y F; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pierini, L; Pietropaolo, F; Pimentel, V L; Pinaroli, G; Pincha, S; Pinchault, J; Pitts, K; Pletcher, K; Plows, K; Pollack, C; Pollmann, T; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Porto_Paixão, L G; Potekhin, M; Pozzato, M; Pradhan, R; Prakash, T; Prest, M; Psihas, F; Pugnere, D; Pullia, D; Qian, X; Queen, J; Raaf, J L; Rabelhofer, M; Radeka, V; Rademacker, J; Radics, B; Raffaelli, F; Rafique, A; Raguzin, E; Rahe, A; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralaikoto, M A; Ralte, L; Ramirez_Delgado, M A; Ramson, B; Randriamanampisoa, S S; Rappoldi, A; Raselli, G; Rath, T; Ratoff, P; Ray, R; Razafinime, H; Razakamiandra, R F; Rea, E M; Real, J S; Rebel, B; Rechenmacher, R; Reichenbacher, J; Reitzner, S D; Renner, E; Repetto, S; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, J S; Rigan, M; Rikalo, A; Rincón, E V; Ritchie-Yates, A; Ritter, S; Rivera, D; Robert, A; Roberts, A; Robles, E; Rocabado_Rocha, J L; Roda, M; Rodrigues, M_J O; Rondon, J Rodriguez; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Roy, N; Roy, P; Roy, P; Rubbia, C; Rudik, D; Ruggeri, A; Ruiz_Ferreira, G; Rushiya, K; Russell, B; Sacerdoti, S; Saduyev, N; Sahoo, S K; Sahu, N; Sakhiyev, S; Sala, P; Salmoria, G; Samanta, S; Samios, N; Sanchez, M C; Sánchez_Bravo, A; Sánchez-Castillo, A; Sanchez-Lucas, P; Sanders, D A; Sanfilippo, S; Santoro, D; Saoulidou, N; Sapienza, P; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, A W; Scholberg, K; Schukraft, A; Schuld, B; Schwartz, S; Segade, A; Segreto, E; Senise, C R; Sensenig, J; Seppela, D; Shaevitz, M H; Shanahan, P; Sharma, P; Kumar, R; Sharma_Poudel, S; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Shi, J; Shi, W; Shin, S; Shivakoti, S; Shmakov, A; Shoemaker, I; Shooltz, D; Shrock, R; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, E L; Snopok, P; Soares_Nunes, M; Sobel, H; Soderberg, M; Solano_Salinas, C J; Söldner-Rembold, S; Solomey, N; Solovov, V; Sondheim, W E; Sorel, M; Soto-Oton, J; Sousa, A; Soustruznik, K; Souza_Correia, D; Spinella, F; Spitz, J; Spooner, N_J C; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, H M; Steklain_Lisbôa, A F; Stewart, J; Stillwell, B; Stock, J; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, J G; Subash, J; Surdo, A; Suter, L; Sutton, K; Suvorov, Y; Svoboda, R; Swain, S K; Sweeney, C; Szczerbinska, B; Szelc, A M; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, H A; Tang, S; Taniuchi, N; Tapia_Casanova, A M; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, A M; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thomas, S; Thompson, A; Thorn, C; Thorpe, C; Timm, S C; Tiras, E; Tishchenko, V; Tiwari, S; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torres_Muñoz, D; Torti, M; Tortola, M; Torun, Y; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, W H; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, K V; Tsverava, N; Tu, S Z; Tufanli, S; Tunnell, C; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, M A; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, M R; Vahle, P; Valdiviesso, G A; Vale, V; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, J_W F; Van_Berg, R; Forero, D V; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Vargas_Auccalla, T; Vargas_Oliva, D; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Vences, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizarreta, R; Vizcaya_Hernandez, A P; Vlachos, S; Vorobyev, G; Vuong, Q; Waldron, A V; Wallach, M; Walsh, J; Walton, T; Wan, L; Wang, B; Wang, H; Wang, J; Wang, L; Wang, M_H_L S; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, M O; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, C M; Weber, M; Wei, H; Weinstein, A; Westerdale, S; Wetstein, M; Whalen, K; White, A; Whitehead, L H; Whittington, D; Wieler, F; Wilhlemi, J; Wilking, M J; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, R J; Winter, P; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wresilo, K; Wrobel, M; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Wynne, B M; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, J; Yang, T; Yankelevich, A; Yates, L; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, G P; Zennamo, J; Zettlemoyer, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, E D; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>DUNE Collaboration</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>2025-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>The European Physical Journal C</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1434-6052</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The Pandora Software Development Kit and algorithm libraries perform reconstruction of neutrino interactions in liquid argon time projection chamber detectors. Pandora is the primary event reconstruction software used at the Deep Underground Neutrino Experiment, which will operate four large-scale liquid argon time projection chambers at the far detector site in South Dakota, producing high-resolution images of charged particles emerging from neutrino interactions. While these high-resolution images provide excellent opportunities for physics, the complex topologies require sophisticated pattern recognition capabilities to interpret signals from the detectors as physically meaningful objects that form the inputs to physics analyses. A critical component is the identification of the neutrino interaction vertex. Subsequent reconstruction algorithms use this location to identify the individual primary particles and ensure they each result in a separate reconstructed particle. A new vertex-finding procedure described in this article integrates a U-ResNet neural network performing hit-level classification into the multi-algorithm approach used by Pandora to identify the neutrino interaction vertex. The machine learning solution is seamlessly integrated into a chain of pattern-recognition algorithms. The technique substantially outperforms the previous BDT-based solution, with a more than 20% increase in the efficiency of sub-1 cm vertex reconstruction across all neutrino flavours.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>National Science Foundation</t>
+  </si>
+  <si>
+    <t>2112727; 2046549; 2209601</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>10590355</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.111.092006</t>
+  </si>
+  <si>
+    <t>Supernova pointing capabilities of DUNE</t>
+  </si>
+  <si>
+    <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, M A; Adames, M R; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Aimard, B; Akbar, F; Allison, K; Monsalve, S Alonso; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andrade, D A; Andreopoulos, C; Andreotti, M; Andrews, M P; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Diaz, E Arrieta; Arroyave, M A; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azfar, F; Back, A; Back, H; Back, J J; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barenboim, G; Alzás, P Barham; Barker, G J; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, J L; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, J_B R; Battisti, F; Bay, F; Bazetto, M_C Q; Bazo_Alba, J_L L; Beacom, J F; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bevan, A; Bezawada, Y; Bezerra, A T; Bezerra, T J; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, F D; Blazey, G C; Blucher, E; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Borges_Merlo, R; Borkum, A; Bostan, N; Bracinik, J; Braga, D; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, S J; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Burgardt, D; Butchart, S; V, G Caceres; Cagnoli, I; Cai, T; Calabrese, R; Calcutt, J; Calin, M; Calivers, L; Calvo, E; Caminata, A; Camino, A F; Campanelli, W; Campani, A; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, J M; Carini, G; Carlus, B; Carneiro, M F; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Castaño_Forero, J F; Castaño, F A; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Cervera_Villanueva, A; Chakraborty, K; Chakraborty, S; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, W C; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, P S; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, M F; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, T E; Cocco, A G; Coelho, J_A B; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, J M; Convery, M; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, J I; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; da_Motta, H; Dar, Z A; Darby, R; Da_Silva_Peres, L; David, Q; Davies, G S; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, M P; de_Gouvêa, A; De_Holanda, P C; De_Icaza_Astiz, I L; De_Jong, P; Del_Amo_Sanchez, P; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell’Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, J_R T; DeMuth, D M; Dennis, S; Densham, C; Denton, P; Deptuch, G W; De_Roeck, A; De_Romeri, V; Detje, J P; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, J S; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, M J; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, T A; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, D A; Dyshkant, A S; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, C O; Evans, J J; Ewart, E; Ezeribe, A C; Fahey, K; Fajt, L; Falcone, A; Fani´, M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferry, G; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, I K; Furman, K; Furmanski, A P; Gaba, R; Gabrielli, A; Gago, A M; Galizzi, F; Gallagher, H; Gallas, A; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, M Á; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, A K; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, R A; Gomez_Bermeo, L V; Gomez_Fajardo, L S; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, M C; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, D R; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, W C; Groetschla, F T; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerard, E; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, Y; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, M M; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmüller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, D A; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, K M; Heise, J; Henry, S; Hernandez_Morquecho, M A; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, S J; Himmel, A; Hinkle, E; Hirsch, L R; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, G A; Hostert, M; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, M S; Huang, J; Huang, R G; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, A M; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Ismerio_Oliveira, M; Itay, R; Jackson, C M; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Joaquim, F R; Johnson, W; Jollet, C; Jones, B; Jones, R; José_Fernández, D; Jovancevic, N; Judah, M; Jung, C K; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, A C; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, D M; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, S P; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, P T; Kelly, K J; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, S H; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, L W; Koh, D H; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, V A; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, V A; Kufatty, G; Kuhlmann, S; Kumar, J; Kumar, P; Kumaran, S; Kunze, P; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lambert, A; Land, B J; Lane, C E; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Lawrence, A; Laycock, P; Lazanu, I; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Lee, C; Legin, V; Lehmann_Miotto, G; Lehnert, R; Leigui_de_Oliveira, M A; Leitner, M; Silverio, D Leon; Lepin, L M; Li, J-Y; Li, S W; Li, Y; Liao, H; Lin, C S; Lindebaum, D; Linden, S; Lineros, R A; Ling, J; Lister, A; Littlejohn, B R; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, T V; Lopez, J; López_de_Rego, I; López-March, N; Lord, T; LoSecco, J M; Louis, W C; Lozano_Sanchez, A; Lu, X-G; Luk, K B; Lunday, B; Luo, X; Luppi, E; Maalmi, J; MacFarlane, D; Machado, A A; Machado, P; Macias, C T; Macier, J R; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Man, M; Mandujano, R C; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, V N; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, A D; Markiewicz, T; Marques, F_Das Chagas; Marquet, C; Marsden, D; Marshak, M; Marshall, C M; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Martinez_Caicedo, D A; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; Mazzacane, A; McAskill, T; McConkey, N; McFarland, K S; McGrew, C; McNab, A; Meazza, L; Meddage, V_C N; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, D P; Menegolli, A; Meng, G; Mercuri, A_C_E A; Meregaglia, A; Messier, M D; Metallo, S; Metcalf, J; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Miccoli, A; Michna, G; Mikola, V; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Miranda, O G; Mironov, C; Miryala, S; Miscetti, S; Mishra, C S; Mishra, S R; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, T A; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, L M; Mooney, M; Moor, A F; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Mote, M; Moura, C A; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, L J; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Nath, A; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, J K; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, J A; Oberling, M; Ochoa-Ricoux, J P; Oh, S; Oh, S B; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Osorio_Vélez, J A; Otiniano_Ormachea, L; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, J M; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papadimitriou, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, R B; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, S_J M; Pellico, W; Pena_Perez, A; Pennacchio, E; Penzo, A; Peres, O_L G; Perez_Gonzalez, Y F; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, V L; Pinaroli, G; Pinchault, J; Pitts, K; Plows, K; Plunkett, R; Pollack, C; Pollman, T; Polo-Toledo, D; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Queen, J; Raaf, J L; Radeka, V; Rademacker, J; Radics, B; Rafique, A; Raguzin, E; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Ramirez_Delgado, M A; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, E M; Real, J S; Rebel, B; Rechenmacher, R; Reggiani-Guzzo, M; Reichenbacher, J; Reitzner, S D; Rejeb_Sfar, H; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, J S; Rigan, M; Rincón, E V; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocabado_Rocha, J L; Rochester, L; Roda, M; Rodrigues, P; Rodriguez_Alonso, M J; Rodriguez_Rondon, J; Roeth, A J; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ruiz_Ferreira, G; Russell, B; Ruterbories, D; Rybnikov, A; Saa-Hernandez, A; Saakyan, R; Sacerdoti, S; Sahoo, S K; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, M C; Sánchez_Bravo, A; Sanchez-Lucas, P; Sandberg, V; Sanders, D A; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, A W; Scholberg, K; Schukraft, A; Schuld, B; Segade, A; Segreto, E; Selyunin, A; Senise, C R; Sensenig, J; Shaevitz, M H; Shanahan, P; Sharma, P; Kumar, R; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, E L; Snopok, P; Snowden-Ifft, D; Soares_Nunes, M; Sobel, H; Soderberg, M; Sokolov, S; Solano_Salinas, C J; Söldner-Rembold, S; Soleti, S R; Solomey, N; Solovov, V; Sondheim, W E; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, N_J C; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, H M; Steklain_Lisbôa, A F; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, J G; Subash, J; Surdo, A; Suter, L; Sutera, C M; Sutton, K; Suvorov, Y; Svoboda, R; Swain, S K; Szczerbinska, B; Szelc, A M; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, H A; Tang, S; Taniuchi, N; Tapia_Casanova, A M; Tapia_Oregui, B; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, A M; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thiebault, A; Thomas, S; Thompson, A; Thorn, C; Timm, S C; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, W H; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, K V; Tsverava, N; Tu, S Z; Tufanli, S; Tunnell, C; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, M A; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, M R; Vahle, P; Valder, S; Valdiviesso, G A; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, J_W F; Van_Berg, R; Van_de_Water, R G; Forero, D V; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Vargas_Oliva, D; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizcaya-Hernandez, A; Vrba, T; Vuong, Q; Waldron, A V; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, M_H_L S; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, M O; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, C M; Weber, M; Wei, H; Weinstein, A; Wenzel, H; Westerdale, S; Wetstein, M; Whalen, K; Whilhelmi, J; White, A; White, A; Whitehead, L H; Whittington, D; Wilking, M J; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, R J; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, G P; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, E D; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>DUNE_Collaboration</t>
+  </si>
+  <si>
+    <t>2025-05-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review D</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2470-0010</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The determination of the direction of a stellar core collapse via its neutrino emission is crucial for the identification of the progenitor for a multimessenger follow-up. A highly effective method of reconstructing supernova directions within the Deep Underground Neutrino Experiment (DUNE) is introduced. The supernova neutrino pointing resolution is studied by simulating and reconstructing electron-neutrino charged-current absorption on&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mrow&gt;&lt;mi&gt;Ar&lt;/mi&gt;&lt;/mrow&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mrow&gt;&lt;mn&gt;40&lt;/mn&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/mrow&gt;&lt;/math&gt;and elastic scattering of neutrinos on electrons. Procedures to reconstruct individual interactions, including a newly developed technique called “brems flipping,” as well as the burst direction from an ensemble of interactions are described. Performance of the burst direction reconstruction is evaluated for supernovae happening at a distance of 10 kpc for a specific supernova burst flux model. The pointing resolution is found to be 3.4 degrees at 68% coverage for a perfect interaction-channel classification and a fiducial mass of 40 kton, and 6.6 degrees for a 10 kton fiducial mass respectively. Assuming a 4% rate of charged-current interactions being misidentified as elastic scattering, DUNE’s burst pointing resolution is found to be 4.3 degrees (8.7 degrees) at 68% coverage.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
+  </si>
+  <si>
+    <t>2410721; 2112727; 2117997; 2209601</t>
+  </si>
+  <si>
+    <t>American Physical Society</t>
+  </si>
+  <si>
+    <t>10588190</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1748-0221/20/02/P02021</t>
+  </si>
+  <si>
+    <t>The track-length extension fitting algorithm for energy measurement of interacting particles in liquid argon TPCs and its performance with ProtoDUNE-SP data</t>
+  </si>
+  <si>
+    <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, MA; Adames, MR; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Akbar, F; Alex, NS; Allison, K; Alonso_Monsalve, S; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andreopoulos, C; Andreotti, M; Andrews, MP; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antic, D; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Arrieta_Diaz, E; Arroyave, MA; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azam, MB; Azfar, F; Back, A; Back, H; Back, JJ; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barbu, D; Barenboim, G; Barham_Alzás, P; Barker, GJ; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, JL; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, JBR; Battisti, F; Bay, F; Bazetto, MCQ; Bazo_Alba, JLL; Beacom, JF; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bevan, A; Bezawada, Y; Bezerra, AT; Bezerra, TJ; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, FD; Blazey, GC; Blucher, E; Bodek, A; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Borges_Merlo, R; Borkum, A; Bostan, N; Bouet, R; Boza, J; Bracinik, J; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, SJ; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Bundock, A; Burgardt, D; Butchart, S; V, GCaceres; Cagnoli, I; Cai, T; Calabrese, R; Calabrese, R; Calcutt, J; Calivers, L; Calvo, E; Caminata, A; Camino, AF; Campanelli, W; Campani, A; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, JM; Carini, G; Carlus, B; Carneiro, MF; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Castaño_Forero, JF; Castaño, FA; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Cervera_Villanueva, A; Chakraborty, K; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, WC; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Choi, G; Chokheli, D; Chong, PS; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, MF; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, TE; Cocco, AG; Coelho, JAB; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, JM; Convery, M; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, JI; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; D'Amico, R; da_Motta, H; Dar, ZA; Darby, R; Da_Silva_Peres, L; David, Q; Davies, GS; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, MP; de_Gouvêa, A; De_Holanda, PC; De_Icaza_Astiz, IL; De_Jong, P; Del_Amo_Sanchez, P; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell'Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, JRT; DeMuth, DM; Dennis, S; Densham, C; Denton, P; Deptuch, GW; De_Roeck, A; De_Romeri, V; Detje, JP; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, JS; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, MJ; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, TA; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, DA; Dyshkant, AS; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, CO; Evans, JJ; Ewart, E; Ezeribe, AC; Fahey, K; Fajt, L; Falcone, A; Fani', M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferry, G; Fialova, E; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, IK; Furman, K; Furmanski, AP; Gaba, R; Gabrielli, A; Gago, AM; Galizzi, F; Gallagher, H; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, MÁ; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, AK; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, RA; Gomez_Bermeo, LV; Gomez_Fajardo, LS; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, MC; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, DR; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, WC; Groetschla, FT; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, FY; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, MM; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmüller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, DA; Hart, AL; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, CM; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, KM; Heise, J; Hellmuth, P; Henry, S; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, SJ; Himmel, A; Hinkle, E; Hirsch, LR; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, GA; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, MS; Huang, J; Huang, RG; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, AM; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Ismerio_Oliveira, M; Itay, R; Jackson, CM; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Jo, JH; Joaquim, FR; Johnson, W; Jollet, C; Jones, B; Jones, R; Jovancevic, N; Judah, M; Jung, CK; Jung, KY; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, AC; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, DM; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, SP; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, PT; Kelly, KJ; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, SH; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; Kim, MJ; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, LW; Koh, DH; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, VA; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, VA; Kufatty, G; Kuhlmann, S; Kulagin, S; Kumar, J; Kumar, P; Kumaran, S; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lalău, I; Lambert, A; Land, BJ; Lane, CE; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Laycock, P; Lazanu, I; LaZur, R; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Legin, V; Lehmann_Miotto, G; Lehnert, R; Leigui_de_Oliveira, MA; Leitner, M; Leon_Silverio, D; Lepin, LM; Li, J-Y; Li, SW; Li, Y; Liao, H; Lin, CS; Lindebaum, D; Linden, S; Lineros, RA; Lister, A; Littlejohn, BR; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, TV; Lopez, J; López_de_Rego, I; López-March, N; Lord, T; LoSecco, JM; Louis, WC; Lozano_Sanchez, A; Lu, X-G; Luk, KB; Lunday, B; Luo, X; Luppi, E; MacFarlane, D; Machado, AA; Machado, P; Macias, CT; Macier, JR; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Mameli, S; Man, M; Mandujano, RC; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, VN; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, AD; Markiewicz, T; Das_Chagas_Marques, F; Marquet, C; Marshak, M; Marshall, CM; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Martinez_Caicedo, DA; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; McAskill, T; McConkey, N; McFarland, KS; McGrew, C; McNab, A; Meazza, L; Meddage, VCN; Mefodiev, A; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, DP; Menegolli, A; Meng, G; Mercuri, ACEA; Meregaglia, A; Messier, MD; Metallo, S; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Micallef, J; Miccoli, A; Michna, G; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Mironov, C; Miryala, S; Miscetti, S; Mishra, CS; Mishra, P; Mishra, SR; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, TA; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, LM; Mooney, M; Moor, AF; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Moura, CA; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mukhamejanov, Y; Mulhearn, M; Munford, D; Munteanu, LJ; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, JK; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, A; Nowak, JA; Oberling, M; Ochoa-Ricoux, JP; Oh, S; Oh, SB; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Osorio_Vélez, JA; O'Sullivan, L; Otiniano_Ormachea, L; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, JM; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, RB; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, SJM; Pellico, W; Pena_Perez, A; Pennacchio, E; Penzo, A; Peres, OLG; Perez_Gonzalez, YF; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, VL; Pinaroli, G; Pincha, S; Pinchault, J; Pitts, K; Plows, K; Pollack, C; Pollman, T; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Porto_Paixão, LG; Potekhin, M; Potenza, R; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Queen, J; Raaf, JL; Radeka, V; Rademacker, J; Radics, B; Raffaelli, F; Rafique, A; Raguzin, E; Rahaman, U; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Ramirez_Delgado, MA; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Razakamiandra, RF; Rea, EM; Real, JS; Rebel, B; Rechenmacher, R; Reichenbacher, J; Reitzner, SD; Rejeb_Sfar, H; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, JS; Rigan, M; Rincón, EV; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocabado_Rocha, JL; Rochester, L; Roda, M; Rodrigues, P; Rodriguez_Alonso, MJ; Rodriguez_Rondon, J; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ruiz_Ferreira, G; Russell, B; Ruterbories, D; Rybnikov, A; Sacerdoti, S; Saha, S; Sahoo, SK; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, MC; Sánchez_Bravo, A; Sánchez-Castillo, A; Sanchez-Lucas, P; Sandberg, V; Sanders, DA; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, AW; Scholberg, K; Schukraft, A; Schuld, B; Segade, A; Segreto, E; Selyunin, A; Selyunin, A; Senadheera, D; Senise, CR; Sensenig, J; Shaevitz, MH; Shanahan, P; Sharma, P; Kumar, R; Sharma_Poudel, S; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, J; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, EL; Snopok, P; Snowden-Ifft, D; Soares_Nunes, M; Sobel, H; Soderberg, M; Sokolov, S; Solano_Salinas, CJ; Söldner-Rembold, S; Solomey, N; Solovov, V; Sondheim, WE; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, NJC; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, HM; Steklain_Lisbôa, AF; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, JG; Subash, J; Surdo, A; Suter, L; Sutera, CM; Sutton, K; Suvorov, Y; Svoboda, R; Swain, SK; Szczerbinska, B; Szelc, AM; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, HA; Tang, S; Taniuchi, N; Tapia_Casanova, AM; Tapia_Oregui, B; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, AM; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thomas, S; Thompson, A; Thorn, C; Timm, SC; Tiras, E; Tishchenko, V; Tiwari, S; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, WH; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, KV; Tsverava, N; Tu, SZ; Tufanli, S; Tunnell, C; Turnberg, S; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, MA; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, MR; Vahle, P; Valder, S; Valdiviesso, GA; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, JWF; Van_Berg, R; Van_de_Water, RG; Forero, DV; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Vargas_Oliva, D; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizarreta, R; Vizcaya_Hernandez, AP; Vuong, Q; Waldron, AV; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, MHLS; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, MO; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, CM; Weber, M; Wei, H; Weinstein, A; Westerdale, S; Wetstein, M; Whalen, K; White, A; White, A; Whitehead, LH; Whittington, D; Wilhlemi, J; Wilking, MJ; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, RJ; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, J; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, GP; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, ED; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>The_DUNE_collaboration</t>
+  </si>
+  <si>
+    <t>2025-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Instrumentation</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>P02021</t>
+  </si>
+  <si>
+    <t>1748-0221</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This paper introduces a novel track-length extension fitting algorithm for measuring the kinetic energies of inelastically interacting particles in liquid argon time projection chambers (LArTPCs). The algorithm finds the most probable offset in track length for a track-like object by comparing the measured ionization density as a function of position with a theoretical prediction of the energy loss as a function of the energy, including models of electron recombination and detector response. The algorithm can be used to measure the energies of particles that interact before they stop, such as charged pions that are absorbed by argon nuclei. The algorithm's energy measurement resolutions and fractional biases are presented as functions of particle kinetic energy and number of track hits using samples of stopping secondary charged pions in data collected by the ProtoDUNE-SP detector, and also in a detailed simulation. Additional studies describe the impact of the&lt;italic&gt;dE/dx&lt;/italic&gt;model on energy measurement performance. The method described in this paper to characterize the energy measurement performance can be repeated in any LArTPC experiment using stopping secondary charged pions.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2310154; 2410721; 2207171; 2112727; 2046549; 2209601</t>
+  </si>
+  <si>
+    <t>Institute of Physics</t>
+  </si>
+  <si>
+    <t>10564980</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1748-0221/19/12/P12005</t>
+  </si>
+  <si>
+    <t>DUNE Phase II: scientific opportunities, detector concepts, technological solutions</t>
+  </si>
+  <si>
+    <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, MA; Adames, MR; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Akbar, F; Allison, K; Alonso_Monsalve, S; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andreopoulos, C; Andreotti, M; Andrews, MP; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antic, D; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Arrieta_Diaz, E; Arroyave, MA; Asaadi, J; Ashkenazi, A; Asner, DM; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azam, MB; Azfar, F; Back, A; Back, H; Back, JJ; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barbu, D; Barenboim, G; Barham_Alzás, P; Barker, GJ; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, JL; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, JBR; Battisti, F; Bay, F; Bazetto, MCQ; Bazo_Alba, JLL; Beacom, JF; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bevan, A; Bezawada, Y; Bezerra, AT; Bezerra, TJ; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, FD; Blazey, GC; Blucher, E; Bodek, A; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Borges_Merlo, R; Borkum, A; Bostan, N; Bouet, R; Boza, J; Bracinik, J; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, SJ; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Bundock, A; Burgardt, D; Butchart, S; Caceres_V, G; Cagnoli, I; Cai, T; Calabrese, R; Calabrese, R; Calcutt, J; Calivers, L; Calvo, E; Caminata, A; Camino, AF; Campanelli, W; Campani, A; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, JM; Carini, G; Carlus, B; Carneiro, MF; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Castaño_Forero, JF; Castaño, FA; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Cervera_Villanueva, A; Chakraborty, K; Chakraborty, S; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, WC; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, PS; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, MF; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, TE; Cocco, AG; Coelho, JAB; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, JM; Convery, M; Copello, S; Cortez, AFV; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, JI; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; D'Amico, R; da_Motta, H; Dar, ZA; Darby, R; Da_Silva_Peres, L; David, Q; Davies, GS; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, MP; de_Gouvêa, A; De_Holanda, PC; De_Icaza_Astiz, IL; De_Jong, P; Del_Amo_Sanchez, P; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell'Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, JRT; DeMuth, DM; Dennis, S; Densham, C; Denton, P; Deptuch, GW; De_Roeck, A; De_Romeri, V; Detje, JP; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, JS; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, MJ; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, TA; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, DA; Dyshkant, AS; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, CO; Evans, JJ; Ewart, E; Ezeribe, AC; Fahey, K; Fajt, L; Falcone, A; Fani', M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Fernández-Posada, D; Ferry, G; Fialova, E; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, IK; Furman, K; Furmanski, AP; Gaba, R; Gabrielli, A; Gago, AM; Galizzi, F; Gallagher, H; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, MÁ; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, AK; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, RA; Gomez_Bermeo, LV; Gomez_Fajardo, LS; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, MC; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, DR; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, WC; Groetschla, FT; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, FY; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, MM; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmüller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, DA; Hart, A; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, CM; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, KM; Heise, J; Hellmuth, P; Henry, S; Hernández-García, J; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, SJ; Himmel, A; Hinkle, E; Hirsch, LR; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, GA; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, MS; Huang, J; Huang, RG; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, AM; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Ismerio_Oliveira, M; Itay, R; Jackson, CM; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Jo, JH; Joaquim, FR; Johnson, W; Jollet, C; Jones, B; Jones, R; Jovancevic, N; Judah, M; Jung, CK; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, AC; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, DM; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, SP; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, PT; Kelly, KJ; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, SH; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; Kim, MJ; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, LW; Koh, DH; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, VA; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, VA; Kufatty, G; Kuhlmann, S; Kulagin, S; Kumar, J; Kumar, P; Kumaran, S; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kuźniak, M; Kvasnicka, J; Labree, T; Lackey, T; Lalău, I; Lambert, A; Land, BJ; Lane, CE; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Laycock, P; Lazanu, I; LaZur, R; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Legin, V; Lehmann_Miotto, G; Lehnert, R; Leigui_de_Oliveira, MA; Leitner, M; Leon_Silverio, D; Lepin, LM; Li, J-Y; Li, SW; Li, Y; Liao, H; Lin, CS; Lindebaum, D; Linden, S; Lineros, RA; Lister, A; Littlejohn, BR; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, TV; Lopez, J; López_de_Rego, I; López-March, N; Lord, T; LoSecco, JM; Louis, WC; Lozano_Sanchez, A; Lu, X-G; Luk, KB; Lunday, B; Luo, X; Luppi, E; MacFarlane, D; Machado, AA; Machado, P; Macias, CT; Macier, JR; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Mameli, S; Man, M; Mandujano, RC; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, VN; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, AD; Markiewicz, T; Das_Chagas_Marques, F; Marquet, C; Marshak, M; Marshall, CM; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Martinez_Caicedo, DA; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; McAskill, T; McConkey, N; McFarland, KS; McGrew, C; McNab, A; Meazza, L; Meddage, VCN; Mefodiev, A; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, DP; Menegolli, A; Meng, G; Mercuri, ACEA; Meregaglia, A; Messier, MD; Metallo, S; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Micallef, J; Miccoli, A; Michna, G; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Miranda, OG; Mironov, C; Miryala, S; Miscetti, S; Mishra, CS; Mishra, P; Mishra, SR; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, TA; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, LM; Mooney, M; Moor, AF; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Moura, CA; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, LJ; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, JK; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, A; Nowak, JA; Oberling, M; Ochoa-Ricoux, JP; Oh, S; Oh, SB; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Orebi_Gann, GD; Osbiston, M; Osorio_Vélez, JA; O'Sullivan, L; Otiniano_Ormachea, L; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, JM; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, RB; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, SJM; Pellico, W; Pena_Perez, A; Pennacchio, E; Penzo, A; Peres, OLG; Perez_Gonzalez, YF; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, VL; Pinaroli, G; Pincha, S; Pinchault, J; Pitts, K; Plows, K; Pollack, C; Pollman, T; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Porto_Paixão, LG; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Queen, J; Raaf, JL; Radeka, V; Rademacker, J; Radics, B; Raffaelli, F; Rafique, A; Raguzin, E; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Ramirez_Delgado, MA; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, EM; Real, JS; Rebel, B; Rechenmacher, R; Reichenbacher, J; Reitzner, SD; Rejeb_Sfar, H; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, JS; Rigan, M; Rincón, EV; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocabado_Rocha, JL; Rochester, L; Roda, M; Rodrigues, P; Rodriguez_Alonso, MJ; Rodriguez_Rondon, J; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ruiz, G; Russell, B; Ruterbories, D; Rybnikov, A; Sacerdoti, S; Saha, S; Sahoo, SK; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, MC; Sánchez_Bravo, A; Sánchez-Castillo, A; Sanchez-Lucas, P; Sandberg, V; Sanders, DA; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, AW; Scholberg, K; Schukraft, A; Schuld, B; Seo, SH; Segade, A; Segreto, E; Selyunin, A; Senadheera, D; Senise, CR; Sensenig, J; Shaevitz, MH; Shanahan, P; Sharma, P; Kumar, R; Sharma_Poudel, S; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, J; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, EL; Snopok, P; Snowden-Ifft, D; Soares_Nunes, M; Sobel, H; Soderberg, M; Sokolov, S; Solano_Salinas, CJ; Söldner-Rembold, S; Solomey, N; Solovov, V; Sondheim, WE; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, NJC; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, HM; Steklain_Lisbôa, AF; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, JG; Subash, J; Surdo, A; Suter, L; Sutera, CM; Sutton, K; Suvorov, Y; Svoboda, R; Swain, SK; Szczerbinska, B; Szelc, AM; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, HA; Tang, S; Taniuchi, N; Tapia_Casanova, AM; Tapia_Oregui, B; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, AM; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thomas, S; Thompson, A; Thorn, C; Timm, SC; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, WH; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, KV; Tsverava, N; Tu, SZ; Tufanli, S; Tunnell, C; Turnberg, S; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, MA; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, MR; Vahle, P; Valder, S; Valdiviesso, GA; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, JWF; Van_Berg, R; Van_de_Water, RG; Forero, DV; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Vargas_Oliva, D; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizcaya_Hernandez, AP; Vuong, Q; Waldron, AV; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, MHLS; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, MO; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, CM; Weber, M; Wei, H; Weinstein, A; Westerdale, S; Wetstein, M; Whalen, K; White, A; White, A; Whitehead, LH; Whittington, D; Wilhlemi, J; Wilking, MJ; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, RJ; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, J; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, GP; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, ED; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>2024-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>P12005</t>
+  </si>
+  <si>
+    <t>The international collaboration designing and constructing the Deep Underground Neutrino Experiment (DUNE) at the Long-Baseline Neutrino Facility (LBNF) has developed a two-phase strategy toward the implementation of this leading-edge, large-scale science project. The 2023 report of the US Particle Physics Project Prioritization Panel (P5) reaffirmed this vision and strongly endorsed DUNE Phase I and Phase II, as did the European Strategy for Particle Physics. While the construction of the DUNE Phase I is well underway, this White Paper focuses on DUNE Phase II planning. DUNE Phase-II consists of a third and fourth far detector (FD) module, an upgraded near detector complex, and an enhanced 2.1 MW beam. The fourth FD module is conceived as a "Module of Opportunity", aimed at expanding the physics opportunities, in addition to supporting the core DUNE science program, with more advanced technologies. This document highlights the increased science opportunities offered by the DUNE Phase II near and far detectors, including long-baseline neutrino oscillation physics, neutrino astrophysics, and physics beyond the standard model. It describes the DUNE Phase II near and far detector technologies and detector design concepts that are currently under consideration. A summary of key R&amp;D goals and prototyping phases needed to realize the Phase II detector technical designs is also provided. DUNE's Phase II detectors, along with the increased beam power, will complete the full scope of DUNE, enabling a multi-decadal program of groundbreaking science with neutrinos.</t>
+  </si>
+  <si>
+    <t>2047665; 2310154; 2410721; 2411700; 2111053; 2207171; 2112727; 2046549; 2210533; 2209601</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>10556550</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.110.092011</t>
+  </si>
+  <si>
+    <t>First measurement of the total inelastic cross section of positively charged kaons on argon at energies between 5.0 and 7.5 GeV</t>
+  </si>
+  <si>
+    <t>Abud, A Abed; Abi, B; Acciarri, R; Acero, M A; Adames, M R; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Akbar, F; Allison, K; Monsalve, S Alonso; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andreopoulos, C; Andreotti, M; Andrews, M P; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antic, D; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Diaz, E Arrieta; Arroyave, M A; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azam, M B; Azfar, F; Back, A; Back, H; Back, J J; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barbu, D; Barenboim, G; Alzás, P Barham; Barker, G J; Barkhouse, W; Barr, G; Monarca, J Barranco; Barros, A; Barros, N; Barrow, D; Barrow, J L; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, J_B R; Battisti, F; Bay, F; Bazetto, M_C Q; Alba, J_L_L Bazo; Beacom, J F; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Montiel, C Benitez; Benjamin, D; Neves, F Bento; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Rodríguez, A Betancur; Bevan, A; Bezawada, Y; Bezerra, A T; Bezerra, T J; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, F D; Blazey, G C; Blucher, E; Bodek, A; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Merlo, R Borges; Borkum, A; Bostan, N; Bouet, R; Boza, J; Bracinik, J; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, S J; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Bundock, A; Burgardt, D; Butchart, S; Caceres, V G; Cagnoli, I; Cai, T; Calabrese, R; Calabrese, R; Calcutt, J; Calivers, L; Calvo, E; Caminata, A; Camino, A F; Campanelli, W; Campani, A; Benitez, A Campos; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, J M; Carini, G; Carlus, B; Carneiro, M F; Carniti, P; Terrazas, I Caro; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Forero, J_F Castaño; Castaño, F A; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Villanueva, A Cervera; Chakraborty, K; Chakraborty, S; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, W C; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, P S; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, M F; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, T E; Cocco, A G; Coelho, J_A B; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, J M; Convery, M; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, J I; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; D’Amico, R; da_Motta, H; Dar, Z A; Darby, R; Peres, L_Da Silva; David, Q; Davies, G S; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, M P; de_Gouvêa, A; De_Holanda, P C; Astiz, I_L_De Icaza; De_Jong, P; Sanchez, P_Del Amo; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell’Acqua, A; Monache, G Delle; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; Neto, J_R_T_de Mello; DeMuth, D M; Dennis, S; Densham, C; Denton, P; Deptuch, G W; De_Roeck, A; De_Romeri, V; Detje, J P; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, J S; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, M J; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, T A; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, D A; Dyshkant, A S; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, C O; Evans, J J; Ewart, E; Ezeribe, A C; Fahey, K; Fajt, L; Falcone, A; Fani’, M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferry, G; Fialova, E; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, I K; Furman, K; Furmanski, A P; Gaba, R; Gabrielli, A; Gago, A M; Galizzi, F; Gallagher, H; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, M Á; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, A K; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, R A; Bermeo, L_V Gomez; Fajardo, L_S Gomez; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, M C; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, D R; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, W C; Groetschla, F T; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, F Y; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, M M; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmüller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, D A; Hart, A; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C M; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, K M; Heise, J; Hellmuth, P; Henry, S; Herner, K; Hewes, V; Higuera_Pichardo, A; Hilgenberg, C; Hillier, S J; Himmel, A; Hinkle, E; Hirsch, L R; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, G A; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, M S; Huang, J; Huang, R G; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, A M; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Oliveira, M Ismerio; Itay, R; Jackson, C M; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Jo, J H; Joaquim, F R; Johnson, W; Jollet, C; Jones, B; Jones, R; Jovancevic, N; Judah, M; Jung, C K; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, A C; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, D M; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, S P; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, P T; Kelly, K J; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, S H; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; Kim, M J; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, L W; Koh, D H; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, V A; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, V A; Kufatty, G; Kuhlmann, S; Kulagin, S; Kumar, J; Kumar, P; Kumaran, S; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lalău, I; Lambert, A; Land, B J; Lane, C E; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Laycock, P; Lazanu, I; LaZur, R; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Legin, V; Miotto, G Lehmann; Lehnert, R; de_Oliveira, M_A Leigui; Leitner, M; Silverio, D Leon; Lepin, L M; Li, J-Y; Li, S W; Li, Y; Liao, H; Lin, C S; Lindebaum, D; Linden, S; Lineros, R A; Lister, A; Littlejohn, B R; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, T V; Lopez_Botero, J H; de_Rego, I López; López-March, N; Lord, T; LoSecco, J M; Louis, W C; Sanchez, A Lozano; Lu, X-G; Luk, K B; Lunday, B; Luo, X; Luppi, E; MacFarlane, D; Machado, A A; Machado, P; Macias, C T; Macier, J R; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Mameli, S; Man, M; Mandujano, R C; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Plata, M Manrique; Corchado, S Manthey; Manyam, V N; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, A D; Markiewicz, T; Marques, F_Das Chagas; Marquet, C; Marshak, M; Marshall, C M; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Caicedo, D_A Martinez; López, F Martínez; Miravé, P Martínez; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; McAskill, T; McConkey, N; McFarland, K S; McGrew, C; McNab, A; Meazza, L; Meddage, V_C N; Mefodiev, A; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, D P; Menegolli, A; Meng, G; Mercuri, A_C_E A; Meregaglia, A; Messier, M D; Metallo, S; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Micallef, J; Miccoli, A; Michna, G; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles_Verge, L; Miranda, O G; Mironov, C; Miryala, S; Miscetti, S; Mishra, C S; Mishra, P; Mishra, S R; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, T A; Mokhov, N; Molina, J; Bueno, L Molina; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Zetina, L_M Montaño; Mooney, M; Moor, A F; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Moura, C A; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, L J; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, J K; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, A; Nowak, J A; Oberling, M; Ochoa-Ricoux, J P; Oh, S; Oh, S B; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Vélez, J_A Osorio; O’Sullivan, L; Ormachea, L Otiniano; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, J M; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Vazquez, W Panduro; Pantic, E; Paolone, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, R B; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, S_J M; Pellico, W; Perez, A Pena; Pennacchio, E; Penzo, A; Peres, O_L G; Gonzalez, Y_F Perez; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, V L; Pinaroli, G; Pincha, S; Pinchault, J; Pitts, K; Plows, K; Pollack, C; Pollman, T; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Paixão, L_G Porto; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Queen, J; Raaf, J L; Radeka, V; Rademacker, J; Radics, B; Raffaelli, F; Rafique, A; Raguzin, E; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Delgado, M_A Ramirez; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, E M; Real, J S; Rebel, B; Rechenmacher, R; Reichenbacher, J; Reitzner, S D; Sfar, H Rejeb; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, J S; Rigan, M; Rincón, E V; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocha, J_L Rocabado; Rochester, L; Roda, M; Rodrigues, P; Alonso, M_J Rodriguez; Rondon, J Rodriguez; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ferreira, G Ruiz; Russell, B; Ruterbories, D; Rybnikov, A; Sacerdoti, S; Saha, S; Sahoo, S K; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, M C; Bravo, A Sánchez; Sánchez-Castillo, A; Sánchez-Lucas, P; Sandberg, V; Sanders, D A; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, A W; Scholberg, K; Schukraft, A; Schuld, B; Segade, A; Segreto, E; Selyunin, A; Senadheera, D; Senise, C R; Sensenig, J; Shaevitz, M H; Shanahan, P; Sharma, P; Kumar, R; Poudel, S Sharma; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, J; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Chauhan, S Singh; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, E L; Snopok, P; Snowden-Ifft, D; Nunes, M Soares; Sobel, H; Soderberg, M; Sokolov, S; Salinas, C_J Solano; Söldner-Rembold, S; Solomey, N; Solovov, V; Sondheim, W E; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, N_J C; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, H M; Lisbôa, A_F Steklain; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, J G; Subash, J; Surdo, A; Suter, L; Sutera, C M; Sutton, K; Suvorov, Y; Svoboda, R; Swain, S K; Szczerbinska, B; Szelc, A M; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, H A; Tang, S; Taniuchi, N; Casanova, A_M Tapia; Oregui, B Tapia; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, A M; Vidal, J Tena; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thomas, S; Thompson, A; Thorn, C; Timm, S C; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, W H; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, K V; Tsverava, N; Tu, S Z; Tufanli, S; Tunnell, C; Turnberg, S; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, M A; González, J Ureña; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, M R; Vahle, P; Valder, S; Valdiviesso, G A; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, J_W F; Van_Berg, R; Van_de_Water, R G; Forero, D V; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Oliva, D Vargas; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; de_Souza, H Vieira; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Hernandez, A_P Vizcaya; Vuong, Q; Waldron, A V; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, M_H_L S; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, M O; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, C M; Weber, M; Wei, H; Weinstein, A; Westerdale, S; Wetstein, M; Whalen, K; White, A; White, A; Whitehead, L H; Whittington, D; Wilhlemi, J; Wilking, M J; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, R J; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, J; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, G P; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, E D; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>2024-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;ProtoDUNE Single-Phase (ProtoDUNE-SP) is a 770-ton liquid argon time projection chamber that operated in a hadron test beam at the CERN Neutrino Platform in 2018. We present a measurement of the total inelastic cross section of charged kaons on argon as a function of kaon energy using 6 and&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;7&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;GeV&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;beam momentum settings. The flux-weighted average of the extracted inelastic cross section at each beam momentum setting was measured to be&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;380&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;26&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;mbarns&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;for the&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;6&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;GeV&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;setting and&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;379&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;35&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;mbarns&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;for the&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;7&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;GeV&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;setting.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
+  </si>
+  <si>
+    <t>2209601; 2310154; 2410721; 2411700; 2112727; 2046549</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
     <t>10566122</t>
   </si>
   <si>
     <t>https://doi.org/10.3390/instruments8030041</t>
   </si>
   <si>
     <t>Performance of a Modular Ton-Scale Pixel-Readout Liquid Argon Time Projection Chamber</t>
   </si>
   <si>
     <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, M A; Adames, M R; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Aimard, B; Akbar, F; Allison, K; Monsalve, S Alonso; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andrade, D A; Andreopoulos, C; Andreotti, M; Andrews, M P; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Diaz, E Arrieta; Arroyave, M A; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azfar, F; Back, A; Back, H; Back, J J; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barenboim, G; Alzás, P B̃arham; Barker, G J; Barkhouse, W; Barr, G; Monarca, J Barranco; Barros, A; Barros, N; Barrow, D; Barrow, J L; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, J_B R; Battisti, F; Bay, F; Bazetto, M_C Q; Alba, J_L_L Bazo; Beacom, J F; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Montiel, C Benitez; Benjamin, D; Neves, F Bento; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Rodríguez, A Betancur; Bevan, A; Bezawada, Y; Bezerra, A T; Bezerra, T J; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, F D; Blazey, G C; Blucher, E; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Merlo, R Borges; Borkum, A; Bostan, N; Bracinik, J; Braga, D; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, S J; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Burgardt, D; Butchart, S; V, G Caceres; Cagnoli, I; Cai, T; Calabrese, R; Calcutt, J; Calin, M; Calivers, L; Calvo, E; Caminata, A; Camino, A F; Campanelli, W; Campani, A; Benitez, A Campos; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, J M; Carini, G; Carlus, B; Carneiro, M F; Carniti, P; Terrazas, I Caro; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Forero, J_F Castaño; Castaño, F A; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Villanueva, A Cervera; Chakraborty, K; Chakraborty, S; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, W C; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, P S; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, M F; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, T E; Cocco, A G; Coelho, J_A B; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, J M; Convery, M; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, J I; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; da_Motta, H; Dar, Z A; Darby, R; Da_Silva_Peres, L; David, Q; Davies, G S; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, M P; de_Gouvêa, A; De_Holanda, P C; De_Icaza_Astiz, I L; De_Jong, P; Del_Amo_Sanchez, P; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell’Acqua, A; Monache, G Delle; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, J_R T; DeMuth, D M; Dennis, S; Densham, C; Denton, P; Deptuch, G W; De_Roeck, A; De_Romeri, V; Detje, J P; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, J S; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, M J; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, T A; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, D A; Dyshkant, A S; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, C O; Evans, J J; Ewart, E; Ezeribe, A C; Fahey, K; Fajt, L; Falcone, A; Fani’, M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferry, G; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, I K; Furman, K; Furmanski, A P; Gaba, R; Gabrielli, A; Gago, A M; Galizzi, F; Gallagher, H; Gallas, A; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, M Á; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, A K; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, R A; Bermeo, L_V Gomez; Fajardo, L_S Gomez; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, M C; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, D R; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, W C; Groetschla, F T; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerard, E; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, Y; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, M M; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmueller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, D A; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, K M; Heise, J; Henry, S; Morquecho, M_A Hernandez; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, S J; Himmel, A; Hinkle, E; Hirsch, L R; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, G A; Hostert, M; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, M S; Huang, J; Huang, R G; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, A M; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Oliveira, M Ismerio; Itay, R; Jackson, C M; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Joaquim, F R; Johnson, W; Jollet, C; Jones, B; Jones, R; Fernández, D José; Jovancevic, N; Judah, M; Jung, C K; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, A C; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, D M; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, S P; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, P T; Kelly, K J; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, S H; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; Kim, M; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, L W; Koh, D H; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, V A; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, V A; Kufatty, G; Kuhlmann, S; Kumar, J; Kumar, P; Kumaran, S; Kunze, P; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lambert, A; Land, B J; Lane, C E; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Lawrence, A; Laycock, P; Lazanu, I; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Lee, C; Legin, V; Miotto, G Lehmann; Lehnert, R; de_Oliveira, M_A Leigui; Leitner, M; Silverio, D Leon; Lepin, L M; Li, J-Y; Li, S W; Li, Y; Liao, H; Lin, C S; Lindebaum, D; Linden, S; Lineros, R A; Ling, J; Lister, A; Littlejohn, B R; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, T V; Lopez, J; de_Rego, I López; López-March, N; Lord, T; LoSecco, J M; Louis, W C; Sanchez, A Lozano; Lu, X-G; Luk, K B; Lunday, B; Luo, X; Luppi, E; Maalmi, J; MacFarlane, D; Machado, A A; Machado, P; Macias, C T; Macier, J R; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Man, M; Mandujano, R C; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Plata, M Manrique; Corchado, S Manthey; Manyam, V N; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, A D; Markiewicz, T; Das_Chagas_Marques, F; Marquet, C; Marsden, D; Marshak, M; Marshall, C M; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Caicedo, D_A Martinez; López, F Martínez; Miravé, P Martínez; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; Mazzacane, A; McAskill, T; McConkey, N; McFarland, K S; McGrew, C; McNab, A; Meazza, L; Meddage, V_C N; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, D P; Menegolli, A; Meng, G; Mercuri, A_C_E A; Meregaglia, A; Messier, M D; Metallo, S; Metcalf, J; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Miccoli, A; Michna, G; Mikola, V; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Miranda, O G; Mironov, C; Miryala, S; Miscetti, S; Mishra, C S; Mishra, S R; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, T A; Mokhov, N; Molina, J; Bueno, L Molina; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Zetina, L_M Montaño; Mooney, M; Moor, A F; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Mote, M; Moura, C A; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, L J; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Nath, A; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, J K; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, J A; Oberling, M; Ochoa-Ricoux, J P; Oh, S; Oh, S B; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Vélez, J_A Osorio; Ormachea, L Otiniano; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, J M; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Vazquez, W Panduro; Pantic, E; Paolone, V; Papadimitriou, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, R B; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, S_J M; Pellico, W; Perez, A Pena; Pennacchio, E; Penzo, A; Peres, O_L G; Gonzalez, Y_F Perez; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, V L; Pinaroli, G; Pinchault, J; Pitts, K; Plows, K; Plunkett, R; Pollack, C; Pollman, T; Polo-Toledo, D; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Raaf, J L; Radeka, V; Rademacker, J; Radics, B; Rafique, A; Raguzin, E; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Delgado, M_A Ramirez; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, E M; Real, J S; Rebel, B; Rechenmacher, R; Reggiani-Guzzo, M; Reichenbacher, J; Reitzner, S D; Sfar, H Rejeb; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, D; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, J S; Rigan, M; Rincón, E V; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocha, J_L Rocabado; Rochester, L; Roda, M; Rodrigues, P; Alonso, M_J Rodriguez; Rondon, J Rodriguez; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ferreira, G Ruiz; Russell, B; Ruterbories, D; Rybnikov, A; Saa-Hernandez, A; Saakyan, R; Sacerdoti, S; Sahoo, S K; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, M C; Bravo, A Sánchez; Sanchez-Lucas, P; Sandberg, V; Sanders, D A; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, A W; Scholberg, K; Schukraft, A; Schuld, B; Segade, A; Segreto, E; Selyunin, A; Senise, C R; Sensenig, J; Shaevitz, M H; Shanahan, P; Sharma, P; Kumar, R; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Chauhan, S Singh; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, E L; Snopok, P; Snowden-Ifft, D; Nunes, M Soares; Sobel, H; Soderberg, M; Sokolov, S; Salinas, C_J Solano; Söldner-Rembold, S; Soleti, S R; Solomey, N; Solovov, V; Sondheim, W E; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, N_J C; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, H M; Lisbôa, A_F Steklain; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, J G; Subash, J; Surdo, A; Suter, L; Sutera, C M; Sutton, K; Suvorov, Y; Svoboda, R; Swain, S K; Szczerbinska, B; Szelc, A M; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, H A; Tang, S; Taniuchi, N; Casanova, A_M Tapia; Oregui, B Tapia; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, A M; Vidal, J Tena; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thiebault, A; Thomas, S; Thompson, A; Thorn, C; Timm, S C; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, W H; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, K V; Tsverava, N; Tu, S Z; Tufanli, S; Tunnell, C; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, M A; González, J Ureña; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, M R; Vahle, P; Valder, S; Valdiviesso, G A; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, J_W F; Van_Berg, R; Van_de_Water, R G; Forero, D V; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Oliva, D Vargas; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; de_Souza, H Vieira; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizcaya-Hernandez, A; Vrba, T; Vuong, Q; Waldron, A V; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, M_H_L S; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, M O; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, C M; Weber, M; Wei, H; Weinstein, A; Wenzel, H; Westerdale, S; Wetstein, M; Whalen, K; Whilhelmi, J; White, A; White, A; Whitehead, L H; Whittington, D; Wilking, M J; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, R J; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, G P; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, E D; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
   </si>
   <si>
-    <t>DUNE_Collaboration</t>
-[...4 lines deleted...]
-  <si>
     <t>2024-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Instruments</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2410-390X</t>
   </si>
   <si>
     <t>The Module-0 Demonstrator is a single-phase 600 kg liquid argon time projection chamber operated as a prototype for the DUNE liquid argon near detector. Based on the ArgonCube design concept, Module-0 features a novel 80k-channel pixelated charge readout and advanced high-coverage photon detection system. In this paper, we present an analysis of an eight-day data set consisting of 25 million cosmic ray events collected in the spring of 2021. We use this sample to demonstrate the imaging performance of the charge and light readout systems as well as the signal correlations between the two. We also report argon purity and detector uniformity measurements and provide comparisons to detector simulations.</t>
   </si>
   <si>
-    <t>National Science Foundation</t>
-[...8 lines deleted...]
-    <t>Journal Article</t>
+    <t>2047665; 2310154; 2411700; 2046549; 2209601</t>
+  </si>
+  <si>
+    <t>10566831</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1748-0221/19/08/P08005</t>
+  </si>
+  <si>
+    <t>Doping liquid argon with xenon in ProtoDUNE Single-Phase: effects on scintillation light</t>
+  </si>
+  <si>
+    <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, MA; Adames, MR; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Aimard, B; Akbar, F; Allison, K; Alonso_Monsalve, S; Alrashed, M; Alton, A; Alvarez, R; Amar_Es-sghir, H; Amedo, P; Anderson, J; Andrade, DA; Andreopoulos, C; Andreotti, M; Andrews, MP; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Arrieta_Diaz, E; Arroyave, MA; Asaadi, J; Ashkenazi, A; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azfar, F; Back, A; Back, H; Back, JJ; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barenboim, G; Barham_Alzás, P; Barker, GJ; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, JL; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, JBR; Battisti, F; Bay, F; Bazetto, MCQ; Bazo_Alba, JLL; Beacom, JF; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bevan, A; Bezawada, Y; Bezerra, AT; Bezerra, TJ; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, FD; Blazey, GC; Blucher, E; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Borges_Merlo, R; Borkum, A; Bostan, N; Bracinik, J; Braga, D; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, SJ; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Burgardt, D; Butchart, S; Caceres_Vera, G; Cagnoli, I; Cai, T; Calabrese, R; Calcutt, J; Calin, M; Calivers, L; Calvo, E; Caminata, A; Campanelli, W; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, JM; Carini, G; Carlus, B; Carneiro, MF; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casazza, D; Castaño_Forero, JF; Castaño, FA; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cervelli, A; Cervera_Villanueva, A; Chakraborty, K; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, WC; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, PS; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, MF; Cicerchia, M; Cicero, V; Ciolini, R; Clair, J; Clarke, P; Cline, G; Coan, TE; Cocco, AG; Coelho, JAB; Cohen, A; Collot, J; Conley, E; Conrad, JM; Convery, M; Cooke, P; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, JI; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; da_Motta, H; Dar, ZA; Darby, R; Da_Silva_Peres, L; David, Q; Davies, GS; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, MP; de_Gouvêa, A; De_Holanda, PC; De_Icaza_Astiz, IL; De_Jong, P; De_la_Torre, A; Delbart, A; Delepine, D; Delgado, M; Dell'Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; de_Mello_Neto, JRT; DeMuth, DM; Dennis, S; Densham, C; Denton, P; Deptuch, GW; De_Roeck, A; De_Romeri, V; Detje, JP; Devine, J; Dharmapalan, R; Dias, M; Díaz, JS; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, MJ; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, TA; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dvornikov, O; Dwyer, DA; Dyshkant, AS; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, CO; Evans, JJ; Ewart, E; Ezeribe, AC; Fahey, K; Fajt, L; Falcone, A; Fani', M; Farnese, C; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferraro, F; Ferry, G; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, IK; Furman, K; Furmanski, AP; Gaba, R; Gabrielli, A; Gago, AM; Galizzi, F; Gallagher, H; Gallas, A; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, MÁ; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, P; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, AK; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, RA; Gomez_Bermeo, LV; Gomez_Fajardo, LS; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, MC; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, DR; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, WC; Groetschla, FT; Grzelak, K; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerard, E; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, Y; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, MM; Gwon, S; Haaf, K; Habig, A; Hadavand, H; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmueller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, DA; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, KM; Heise, J; Henry, S; Hernandez_Morquecho, MA; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, SJ; Himmel, A; Hinkle, E; Hirsch, LR; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horton-Smith, GA; Hostert, M; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, MS; Huang, J; Huang, RG; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, AM; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Ismerio_Oliveira, M; Itay, R; Jackson, CM; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Joaquim, FR; Johnson, W; Jones, B; Jones, R; José_Fernández, D; Jovancevic, N; Judah, M; Jung, CK; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, AC; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kamiya, F; Kandemir, M; Kaplan, DM; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, SP; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, PT; Kelly, KJ; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, SH; Khabibullin, M; Khan, N; Khvedelidze, A; Kim, D; Kim, J; King, B; Kirby, B; Kirby, M; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, LW; Koh, DH; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, VA; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, VA; Kuhlmann, S; Kumar, J; Kumar, P; Kumaran, S; Kunze, P; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lambert, A; Land, BJ; Lane, CE; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Lawrence, A; Laycock, P; Lazanu, I; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Lee, C; Legin, V; Lehmann_Miotto, G; Lehnert, R; Leigui_de_Oliveira, MA; Leitner, M; Leon_Silverio, D; Lepin, LM; Li, J-Y; Li, SW; Li, Y; Liao, H; Lin, CS; Lindebaum, D; Lineros, RA; Ling, J; Lister, A; Littlejohn, BR; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, TV; Lopez, J; López_de_Rego, I; López_March, N; Lord, T; LoSecco, JM; Louis, WC; Lozano_Sanchez, A; Lu, X-G; Luk, KB; Lunday, B; Luo, X; Luppi, E; Maalmi, J; MacFarlane, D; Machado, AA; Machado, P; Macias, CT; Macier, JR; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Man, M; Mandujano, RC; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, VN; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, AD; Markiewicz, T; Das_Chagas_Marques, F; Marsden, D; Marshak, M; Marshall, CM; Marshall, J; Martín-Albo, J; Martinez, N; Martinez_Caicedo, DA; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; Mazzacane, A; McAskill, T; McConkey, N; McFarland, KS; McGrew, C; McNab, A; Meazza, L; Meddage, VCN; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, DP; Menegolli, A; Meng, G; Messier, MD; Metallo, S; Metcalf, J; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Miccoli, A; Michna, G; Mikola, V; Milincic, R; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Miranda, OG; Mironov, C; Miryala, S; Miscetti, S; Mishra, CS; Mishra, SR; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, TA; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, LM; Mooney, M; Moor, AF; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Mote, M; Moura, CA; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, LJ; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nalbandyan, M; Nandakumar, R; Naples, D; Narita, S; Nath, A; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, JK; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, JA; Oberling, M; Ochoa-Ricoux, JP; Oh, S; Oh, SB; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Osorio_Vélez, JA; Otiniano_Ormachea, L; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, JM; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papadimitriou, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, RB; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, SJM; Pena_Perez, A; Pennacchio, E; Penzo, A; Peres, OLG; Perez_Gonzalez, YF; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, VL; Pinaroli, G; Pinchault, J; Plows, K; Plunkett, R; Pollack, C; Pollman, T; Pompa, F; Pons, X; Poonthottathil, N; Poppi, F; Pordes, S; Porter, J; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, S; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Raaf, JL; Radeka, V; Rademacker, J; Radics, B; Rafique, A; Raguzin, E; Rai, M; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Ramirez_Delgado, MA; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, EM; Real, JS; Rebel, B; Rechenmacher, R; Reggiani-Guzzo, M; Reichenbacher, J; Reitzner, SD; Rejeb_Sfar, H; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, D; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, JS; Rigan, M; Rincón, EV; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocabado_Rocha, JL; Rochester, L; Roda, M; Rodrigues, P; Rodriguez_Alonso, MJ; Rodriguez_Rondon, J; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ruiz_Ferreira, G; Russell, B; Ruterbories, D; Rybnikov, A; Saa-Hernandez, A; Saakyan, R; Sacerdoti, S; Sahoo, SK; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, MC; Sánchez_Bravo, A; Sanchez-Lucas, P; Sandberg, V; Sanders, DA; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, AW; Scholberg, K; Schukraft, A; Schuld, B; Segreto, E; Selyunin, A; Senise, CR; Sensenig, J; Shaevitz, MH; Shanahan, P; Sharma, P; Kumar, R; Shaw, K; Shaw, T; Shchablo, K; Shepherd-Themistocleous, C; Sheshukov, A; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, EL; Snopok, P; Snowden-Ifft, D; Soares_Nunes, M; Sobel, H; Soderberg, M; Sokolov, S; Solano_Salinas, CJ; Söldner-Rembold, S; Soleti, SR; Solomey, N; Solovov, V; Sondheim, WE; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, NJC; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, HM; Steklain_Lisbôa, AF; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, JG; Subash, J; Surdo, A; Suter, L; Sutera, CM; Sutton, K; Suvorov, Y; Svoboda, R; Swain, SK; Szczerbinska, B; Szelc, AM; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, HA; Tang, S; Taniuchi, N; Tapia_Casanova, AM; Tapia_Oregui, B; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, AM; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thiebault, A; Thompson, A; Thorn, C; Timm, SC; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truncali, D; Trzaska, WH; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, KV; Tsverava, N; Tu, SZ; Tufanli, S; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, MA; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, MR; Vahle, P; Valder, S; Valdiviesso, GA; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, JWF; Van_Berg, R; Van_de_Water, RG; Forero, DV; Van_Nuland-Troost, M; Varanini, F; Vargas_Oliva, D; Varner, G; Vasina, S; Vaughan, N; Vaziri, K; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Villa, E; Viren, B; Vizcaya-Hernandez, A; Vrba, T; Vuong, Q; Waldron, AV; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, MHLS; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, MO; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, M; Wei, H; Weinstein, A; Wenzel, H; Westerdale, S; Wetstein, M; Whalen, K; Whilhelmi, J; White, A; White, A; Whitehead, LH; Whittington, D; Wilking, MJ; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, RJ; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, GP; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, ED; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>2024-08-05T04:00:00Z</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>P08005</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Doping of liquid argon TPCs (LArTPCs) with a small concentration of xenon is a technique for light-shifting and facilitates the detection of the liquid argon scintillation light. In this paper, we present the results of the first doping test ever performed in a kiloton-scale LArTPC. From February to May 2020, we carried out this special run in the single-phase DUNE Far Detector prototype (ProtoDUNE-SP) at CERN, featuring 720 t of total liquid argon mass with 410 t of fiducial mass. A 5.4 ppm nitrogen contamination was present during the xenon doping campaign. The goal of the run was to measure the light and charge response of the detector to the addition of xenon, up to a concentration of 18.8 ppm. The main purpose was to test the possibility for reduction of non-uniformities in light collection, caused by deployment of photon detectors only within the anode planes. Light collection was analysed as a function of the xenon concentration, by using the pre-existing photon detection system (PDS) of ProtoDUNE-SP and an additional smaller set-up installed specifically for this run. In this paper we first summarize our current understanding of the argon-xenon energy transfer process and the impact of the presence of nitrogen in argon with and without xenon dopant. We then describe the key elements of ProtoDUNE-SP and the injection method deployed. Two dedicated photon detectors were able to collect the light produced by xenon and the total light. The ratio of these components was measured to be about 0.65 as 18.8 ppm of xenon were injected. We performed studies of the collection efficiency as a function of the distance between tracks and light detectors, demonstrating enhanced uniformity of response for the anode-mounted PDS. We also show that xenon doping can substantially recover light losses due to contamination of the liquid argon by nitrogen.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>1945050; 2310154</t>
+  </si>
+  <si>
+    <t>IOP Science</t>
+  </si>
+  <si>
+    <t>10588188</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1748-0221/19/08/T08004</t>
+  </si>
+  <si>
+    <t>The DUNE Far Detector Vertical Drift Technology. Technical Design Report</t>
+  </si>
+  <si>
+    <t>Abed_Abud, A; Abi, B; Acciarri, R; Acero, MA; Adames, MR; Adamov, G; Adamowski, M; Adams, D; Adinolfi, M; Adriano, C; Aduszkiewicz, A; Aguilar, J; Aimard, B; Akbar, F; Allison, K; Alonso_Monsalve, S; Alrashed, M; Alton, A; Alvarez, R; Alves, T; Amar, H; Amedo, P; Anderson, J; Andrade, DA; Andreopoulos, C; Andreotti, M; Andrews, MP; Andrianala, F; Andringa, S; Anfimov, N; Ankowski, A; Antoniassi, M; Antonova, M; Antoshkin, A; Aranda-Fernandez, A; Arellano, L; Arrieta_Diaz, E; Arroyave, MA; Asaadi, J; Ashkenazi, A; Asner, D; Asquith, L; Atkin, E; Auguste, D; Aurisano, A; Aushev, V; Autiero, D; Azfar, F; Back, A; Back, H; Back, JJ; Bagaturia, I; Bagby, L; Balashov, N; Balasubramanian, S; Baldi, P; Baldini, W; Baldonedo, J; Baller, B; Bambah, B; Banerjee, R; Barao, F; Barenboim, G; Barham_Alzás, P; Barker, GJ; Barkhouse, W; Barr, G; Barranco_Monarca, J; Barros, A; Barros, N; Barrow, D; Barrow, JL; Basharina-Freshville, A; Bashyal, A; Basque, V; Batchelor, C; Bathe-Peters, L; Battat, JBR; Battisti, F; Bay, F; Bazetto, MCQ; Bazo_Alba, JLL; Beacom, JF; Bechetoille, E; Behera, B; Belchior, E; Bell, G; Bellantoni, L; Bellettini, G; Bellini, V; Beltramello, O; Benekos, N; Benitez_Montiel, C; Benjamin, D; Bento_Neves, F; Berger, J; Berkman, S; Bernal, J; Bernardini, P; Bersani, A; Bertolucci, S; Betancourt, M; Betancur_Rodríguez, A; Bevan, A; Bezawada, Y; Bezerra, AT; Bezerra, TJ; Bhat, A; Bhatnagar, V; Bhatt, J; Bhattacharjee, M; Bhattacharya, M; Bhuller, S; Bhuyan, B; Biagi, S; Bian, J; Biery, K; Bilki, B; Bishai, M; Bitadze, A; Blake, A; Blaszczyk, FD; Blazey, GC; Blucher, E; Bogenschuetz, J; Boissevain, J; Bolognesi, S; Bolton, T; Bomben, L; Bonesini, M; Bonilla-Diaz, C; Bonini, F; Booth, A; Boran, F; Bordoni, S; Borges_Merlo, R; Borkum, A; Bostan, N; Bouet, R; Bracinik, J; Brahma, B; Brailsford, D; Bramati, F; Branca, A; Brandt, A; Bremer, J; Brew, C; Brice, SJ; Brio, V; Brizzolari, C; Bromberg, C; Brooke, J; Bross, A; Brunetti, G; Brunetti, M; Buchanan, N; Budd, H; Buergi, J; Burgardt, D; Butchart, S; V, GCaceres; Cagnoli, I; Cai, T; Calabrese, R; Calcutt, J; Calin, M; Calivers, L; Calvo, E; Caminata, A; Camino, AF; Campanelli, W; Campani, A; Campos_Benitez, A; Canci, N; Capó, J; Caracas, I; Caratelli, D; Carber, D; Carceller, JM; Carini, G; Carlus, B; Carneiro, MF; Carniti, P; Caro_Terrazas, I; Carranza, H; Carrara, N; Carroll, L; Carroll, T; Carter, A; Casarejos, E; Casazza, D; Castaño_Forero, JF; Castaño, FA; Castillo, A; Castromonte, C; Catano-Mur, E; Cattadori, C; Cavalier, F; Cavanna, F; Centro, S; Cerati, G; Cerna, C; Cervelli, A; Cervera_Villanueva, A; Chakraborty, K; Chakraborty, S; Chalifour, M; Chappell, A; Charitonidis, N; Chatterjee, A; Chen, H; Chen, M; Chen, WC; Chen, Y; Chen-Wishart, Z; Cherdack, D; Chi, C; Chiapponi, F; Chirco, R; Chitirasreemadam, N; Cho, K; Choate, S; Chokheli, D; Chong, PS; Chowdhury, B; Christian, D; Chukanov, A; Chung, M; Church, E; Cicala, MF; Cicerchia, M; Cicero, V; Ciolini, R; Clarke, P; Cline, G; Coan, TE; Cocco, AG; Coelho, JAB; Cohen, A; Collazo, J; Collot, J; Conley, E; Conrad, JM; Convery, M; Copello, S; Cova, P; Cox, C; Cremaldi, L; Cremonesi, L; Crespo-Anadón, JI; Crisler, M; Cristaldo, E; Crnkovic, J; Crone, G; Cross, R; Cudd, A; Cuesta, C; Cui, Y; Curciarello, F; Cussans, D; Dai, J; Dalager, O; Dallavalle, R; Dallaway, W; da_Motta, H; Dar, ZA; Darby, R; Da_Silva_Peres, L; David, Q; Davies, GS; Davini, S; Dawson, J; De_Aguiar, R; De_Almeida, P; Debbins, P; De_Bonis, I; Decowski, MP; de_Gouvêa, A; De_Holanda, PC; De_Icaza_Astiz, IL; De_Jong, P; Del_Amo_Sanchez, P; De_la_Torre, A; De_Lauretis, G; Delbart, A; Delepine, D; Delgado, M; Dell’Acqua, A; Delle_Monache, G; Delmonte, N; De_Lurgio, P; Demario, R; De_Matteis, G; de_Mello_Neto, JRT; DeMuth, DM; Dennis, S; Densham, C; Denton, P; Deptuch, GW; De_Roeck, A; De_Romeri, V; Detje, JP; Devine, J; Dharmapalan, R; Dias, M; Diaz, A; Díaz, JS; Díaz, F; Di_Capua, F; Di_Domenico, A; Di_Domizio, S; Di_Falco, S; Di_Giulio, L; Ding, P; Di_Noto, L; Diociaiuti, E; Distefano, C; Diurba, R; Diwan, M; Djurcic, Z; Doering, D; Dolan, S; Dolek, F; Dolinski, MJ; Domenici, D; Domine, L; Donati, S; Donon, Y; Doran, S; Douglas, D; Doyle, TA; Dragone, A; Drielsma, F; Duarte, L; Duchesneau, D; Duffy, K; Dugas, K; Dunne, P; Dutta, B; Duyang, H; Dwyer, DA; Dyshkant, AS; Dytman, S; Eads, M; Earle, A; Edayath, S; Edmunds, D; Eisch, J; Englezos, P; Ereditato, A; Erjavec, T; Escobar, CO; Evans, JJ; Ewart, E; Ezeribe, AC; Fahey, K; Fajt, L; Falcone, A; Fani', M; Farnese, C; Farrell, S; Farzan, Y; Fedoseev, D; Felix, J; Feng, Y; Fernandez-Martinez, E; Ferry, G; Fialova, E; Fields, L; Filip, P; Filkins, A; Filthaut, F; Fine, R; Fiorillo, G; Fiorini, M; Fogarty, S; Foreman, W; Fowler, J; Franc, J; Francis, K; Franco, D; Franklin, J; Freeman, J; Fried, J; Friedland, A; Fuess, S; Furic, IK; Furman, K; Furmanski, AP; Gaba, R; Gabrielli, A; Gago, AM; Galizzi, F; Gallagher, H; Gallice, N; Galymov, V; Gamberini, E; Gamble, T; Ganacim, F; Gandhi, R; Ganguly, S; Gao, F; Gao, S; Garcia-Gamez, D; García-Peris, MÁ; Gardim, F; Gardiner, S; Gastler, D; Gauch, A; Gauvreau, J; Gauzzi, P; Gazzana, S; Ge, G; Geffroy, N; Gelli, B; Gent, S; Gerlach, L; Ghorbani-Moghaddam, Z; Giammaria, T; Gibin, D; Gil-Botella, I; Gilligan, S; Gioiosa, A; Giovannella, S; Girerd, C; Giri, AK; Giugliano, C; Giusti, V; Gnani, D; Gogota, O; Gollapinni, S; Gollwitzer, K; Gomes, RA; Gomez_Bermeo, LV; Gomez_Fajardo, LS; Gonnella, F; Gonzalez-Diaz, D; Gonzalez-Lopez, M; Goodman, MC; Goswami, S; Gotti, C; Goudeau, J; Goudzovski, E; Grace, C; Gramellini, E; Gran, R; Granados, E; Granger, P; Grant, C; Gratieri, DR; Grauso, G; Green, P; Greenberg, S; Greer, J; Griffith, WC; Groetschla, FT; Grzelak, K; Gu, L; Gu, W; Guarino, V; Guarise, M; Guenette, R; Guerzoni, M; Guffanti, D; Guglielmi, A; Guo, B; Guo, Y; Gupta, A; Gupta, V; Gurung, G; Gutierrez, D; Guzowski, P; Guzzo, MM; Gwon, S; Habig, A; Hadavand, H; Haegel, L; Haenni, R; Hagaman, L; Hahn, A; Haiston, J; Hakenmueller, J; Hamernik, T; Hamilton, P; Hancock, J; Happacher, F; Harris, DA; Hartnell, J; Hartnett, T; Harton, J; Hasegawa, T; Hasnip, C; Hatcher, R; Hayrapetyan, K; Hays, J; Hazen, E; He, M; Heavey, A; Heeger, KM; Heise, J; Hellmuth, P; Henry, S; Hernandez_Morquecho, MA; Herner, K; Hewes, V; Higuera, A; Hilgenberg, C; Hillier, SJ; Himmel, A; Hinkle, E; Hirsch, LR; Ho, J; Hoff, J; Holin, A; Holvey, T; Hoppe, E; Horiuchi, S; Horton-Smith, GA; Hostert, M; Houdy, T; Howard, B; Howell, R; Hristova, I; Hronek, MS; Huang, J; Huang, RG; Hulcher, Z; Ibrahim, M; Iles, G; Ilic, N; Iliescu, AM; Illingworth, R; Ingratta, G; Ioannisian, A; Irwin, B; Isenhower, L; Ismerio_Oliveira, M; Itay, R; Jackson, CM; Jain, V; James, E; Jang, W; Jargowsky, B; Jena, D; Jentz, I; Ji, X; Jiang, C; Jiang, J; Jiang, L; Jipa, A; Joaquim, FR; Johnson, W; Jollet, C; Jones, B; Jones, R; Jovancevic, N; Judah, M; Jung, CK; Junk, T; Jwa, Y; Kabirnezhad, M; Kaboth, AC; Kadenko, I; Kakorin, I; Kalitkina, A; Kalra, D; Kandemir, M; Kaplan, DM; Karagiorgi, G; Karaman, G; Karcher, A; Karyotakis, Y; Kasai, S; Kasetti, SP; Kashur, L; Katsioulas, I; Kauther, A; Kazaryan, N; Ke, L; Kearns, E; Keener, PT; Kelly, KJ; Kemp, E; Kemularia, O; Kermaidic, Y; Ketchum, W; Kettell, SH; Khabibullin, M; Khan, N; Khotjantsev, A; Khvedelidze, A; Kim, D; Kim, J; Kim, MJ; King, B; Kirby, B; Kirby, M; Kish, A; Klein, J; Kleykamp, J; Klustova, A; Kobilarcik, T; Koch, L; Koehler, K; Koerner, LW; Koh, DH; Kolupaeva, L; Korablev, D; Kordosky, M; Kosc, T; Kose, U; Kostelecký, VA; Kothekar, K; Kotler, I; Kovalcuk, M; Kozhukalov, V; Krah, W; Kralik, R; Kramer, M; Kreczko, L; Krennrich, F; Kreslo, I; Kroupova, T; Kubota, S; Kubu, M; Kudenko, Y; Kudryavtsev, VA; Kufatty, G; Kuhlmann, S; Kulagin, S; Kumar, J; Kumar, P; Kumaran, S; Kunze, P; Kunzmann, J; Kuravi, R; Kurita, N; Kuruppu, C; Kus, V; Kutter, T; Kvasnicka, J; Labree, T; Lackey, T; Lambert, A; Land, BJ; Lane, CE; Lane, N; Lang, K; Langford, T; Langstaff, M; Lanni, F; Lantwin, O; Larkin, J; Lasorak, P; Last, D; Laudrain, A; Laundrie, A; Laurenti, G; Lavaut, E; Lawrence, A; Laycock, P; Lazanu, I; Lazzaroni, M; Le, T; Leardini, S; Learned, J; LeCompte, T; Legin, V; Lehmann_Miotto, G; Lehnert, R; Leigui_de_Oliveira, MA; Leitner, M; Leon_Silverio, D; Lepin, LM; Li, J-Y; Li, SW; Li, Y; Liao, H; Lin, CS; Lindebaum, D; Linden, S; Lineros, RA; Lister, A; Littlejohn, BR; Liu, H; Liu, J; Liu, Y; Lockwitz, S; Lokajicek, M; Lomidze, I; Long, K; Lopes, TV; Lopez, J; López_de_Rego, I; López-March, N; Lord, T; LoSecco, JM; Louis, WC; Lozano_Sanchez, A; Lu, X-G; Luk, KB; Lunday, B; Luo, X; Luppi, E; MacFarlane, D; Machado, AA; Machado, P; Macias, CT; Macier, JR; MacMahon, M; Maddalena, A; Madera, A; Madigan, P; Magill, S; Magueur, C; Mahn, K; Maio, A; Major, A; Majumdar, K; Man, M; Mandujano, RC; Maneira, J; Manly, S; Mann, A; Manolopoulos, K; Manrique_Plata, M; Manthey_Corchado, S; Manyam, VN; Marchan, M; Marchionni, A; Marciano, W; Marfatia, D; Mariani, C; Maricic, J; Marinho, F; Marino, AD; Markiewicz, T; Das_Chagas_Marques, F; Marquet, C; Marsden, D; Marshak, M; Marshall, CM; Marshall, J; Martina, L; Martín-Albo, J; Martinez, N; Martinez_Caicedo, DA; Martínez_López, F; Martínez_Miravé, P; Martynenko, S; Mascagna, V; Massari, C; Mastbaum, A; Matichard, F; Matsuno, S; Matteucci, G; Matthews, J; Mauger, C; Mauri, N; Mavrokoridis, K; Mawby, I; Mazza, R; Mazzacane, A; McAskill, T; McConkey, N; McFarland, KS; McGrew, C; McNab, A; Meazza, L; Meddage, VCN; Mefodiev, A; Mehta, B; Mehta, P; Melas, P; Mena, O; Mendez, H; Mendez, P; Méndez, DP; Menegolli, A; Meng, G; Mercuri, ACEA; Meregaglia, A; Messier, MD; Metallo, S; Metcalf, W; Mewes, M; Meyer, H; Miao, T; Micallef, J; Miccoli, A; Michna, G; Mikola, V; Milincic, R; Miller, F; Miller, G; Miller, W; Mineev, O; Minotti, A; Miralles, L; Miranda, OG; Mironov, C; Miryala, S; Miscetti, S; Mishra, CS; Mishra, SR; Mislivec, A; Mitchell, M; Mladenov, D; Mocioiu, I; Mogan, A; Moggi, N; Mohanta, R; Mohayai, TA; Mokhov, N; Molina, J; Molina_Bueno, L; Montagna, E; Montanari, A; Montanari, C; Montanari, D; Montanino, D; Montaño_Zetina, LM; Mooney, M; Moor, AF; Moore, Z; Moreno, D; Moreno-Palacios, O; Morescalchi, L; Moretti, D; Moretti, R; Morris, C; Mossey, C; Mote, M; Moura, CA; Mouster, G; Mu, W; Mualem, L; Mueller, J; Muether, M; Muheim, F; Muir, A; Mulhearn, M; Munford, D; Munteanu, LJ; Muramatsu, H; Muraz, J; Murphy, M; Murphy, T; Muse, J; Mytilinaki, A; Nachtman, J; Nagai, Y; Nagu, S; Nandakumar, R; Naples, D; Narita, S; Nath, A; Navrer-Agasson, A; Nayak, N; Nebot-Guinot, M; Nehm, A; Nelson, JK; Neogi, O; Nesbit, J; Nessi, M; Newbold, D; Newcomer, M; Nichol, R; Nicolas-Arnaldos, F; Nikolica, A; Nikolov, J; Niner, E; Nishimura, K; Norman, A; Norrick, A; Novella, P; Nowak, A; Nowak, JA; Oberling, M; Ochoa-Ricoux, JP; Oh, S; Oh, SB; Olivier, A; Olshevskiy, A; Olson, T; Onel, Y; Onishchuk, Y; Oranday, A; Osbiston, M; Osorio_Vélez, JA; O'Sullivan, L; Otiniano_Ormachea, L; Ott, J; Pagani, L; Palacio, G; Palamara, O; Palestini, S; Paley, JM; Pallavicini, M; Palomares, C; Pan, S; Panda, P; Panduro_Vazquez, W; Pantic, E; Paolone, V; Papaleo, R; Papanestis, A; Papoulias, D; Paramesvaran, S; Paris, A; Parke, S; Parozzi, E; Parsa, S; Parsa, Z; Parveen, S; Parvu, M; Pasciuto, D; Pascoli, S; Pasqualini, L; Pasternak, J; Patrick, C; Patrizii, L; Patterson, RB; Patzak, T; Paudel, A; Paulucci, L; Pavlovic, Z; Pawloski, G; Payne, D; Pec, V; Pedreschi, E; Peeters, SJM; Pellico, W; Pena_Perez, A; Pennacchio, E; Penzo, A; Peres, OLG; Perez_Gonzalez, YF; Pérez-Molina, L; Pernas, C; Perry, J; Pershey, D; Pessina, G; Petrillo, G; Petta, C; Petti, R; Pfaff, M; Pia, V; Pickering, L; Pietropaolo, F; Pimentel, VL; Pinaroli, G; Pinchault, J; Pitts, K; Plows, K; Pollack, C; Pollman, T; Pompa, F; Pons, X; Poonthottathil, N; Popov, V; Poppi, F; Porter, J; Potekhin, M; Potenza, R; Pozimski, J; Pozzato, M; Prakash, T; Pratt, C; Prest, M; Psihas, F; Pugnere, D; Qian, X; Queen, J; Raaf, JL; Radeka, V; Rademacker, J; Radics, B; Rafique, A; Raguzin, E; Rai, M; Rajagopalan, S; Rajaoalisoa, M; Rakhno, I; Rakotondravohitra, L; Ralte, L; Ramirez_Delgado, MA; Ramson, B; Rappoldi, A; Raselli, G; Ratoff, P; Ray, R; Razafinime, H; Rea, EM; Real, JS; Rebel, B; Rechenmacher, R; Reggiani-Guzzo, M; Reichenbacher, J; Reitzner, SD; Rejeb_Sfar, H; Renner, E; Renshaw, A; Rescia, S; Resnati, F; Restrepo, Diego; Reynolds, C; Ribas, M; Riboldi, S; Riccio, C; Riccobene, G; Ricol, JS; Rigan, M; Rincón, EV; Ritchie-Yates, A; Ritter, S; Rivera, D; Rivera, R; Robert, A; Rocabado_Rocha, JL; Rochester, L; Roda, M; Rodrigues, P; Rodriguez_Alonso, MJ; Rodriguez_Rondon, J; Rosauro-Alcaraz, S; Rosier, P; Ross, D; Rossella, M; Rossi, M; Ross-Lonergan, M; Roy, N; Roy, P; Rubbia, C; Ruggeri, A; Ruiz_Ferreira, G; Russell, B; Ruterbories, D; Rybnikov, A; Saakyan, R; Sacerdoti, S; Sahoo, SK; Sahu, N; Sala, P; Samios, N; Samoylov, O; Sanchez, MC; Sánchez_Bravo, A; Sanchez-Lucas, P; Sandberg, V; Sanders, DA; Sanfilippo, S; Sankey, D; Santoro, D; Saoulidou, N; Sapienza, P; Sarasty, C; Sarcevic, I; Sarra, I; Savage, G; Savinov, V; Scanavini, G; Scaramelli, A; Scarff, A; Schefke, T; Schellman, H; Schifano, S; Schlabach, P; Schmitz, D; Schneider, AW; Scholberg, K; Schukraft, A; Schuld, B; Segade, A; Segreto, E; Selyunin, A; Senise, CR; Sensenig, J; Shaevitz, MH; Shanahan, P; Sharma, P; Kumar, R; Shaw, K; Shaw, T; Shchablo, K; Shen, J; Shepherd-Themistocleous, C; Sheshukov, A; Shi, W; Shin, S; Shivakoti, S; Shoemaker, I; Shooltz, D; Shrock, R; Siddi, B; Siden, M; Silber, J; Simard, L; Sinclair, J; Sinev, G; Singh, Jaydip; Singh, J; Singh, L; Singh, P; Singh, V; Singh_Chauhan, S; Sipos, R; Sironneau, C; Sirri, G; Siyeon, K; Skarpaas, K; Smedley, J; Smith, E; Smith, J; Smith, P; Smolik, J; Smy, M; Snape, M; Snider, EL; Snopok, P; Snowden-Ifft, D; Soares_Nunes, M; Sobel, H; Soderberg, M; Sokolov, S; Solano_Salinas, CJ; Söldner-Rembold, S; Soleti, SR; Solomey, N; Solovov, V; Sondheim, WE; Sorel, M; Sotnikov, A; Soto-Oton, J; Sousa, A; Soustruznik, K; Spinella, F; Spitz, J; Spooner, NJC; Spurgeon, K; Stalder, D; Stancari, M; Stanco, L; Steenis, J; Stein, R; Steiner, HM; Steklain_Lisbôa, AF; Stepanova, A; Stewart, J; Stillwell, B; Stock, J; Stocker, F; Stokes, T; Strait, M; Strauss, T; Strigari, L; Stuart, A; Suarez, JG; Subash, J; Surdo, A; Suter, L; Sutera, CM; Sutton, K; Suvorov, Y; Svoboda, R; Swain, SK; Szczerbinska, B; Szelc, AM; Sztuc, A; Taffara, A; Talukdar, N; Tamara, J; Tanaka, HA; Tang, S; Taniuchi, N; Tapia_Casanova, AM; Tapia_Oregui, B; Tapper, A; Tariq, S; Tarpara, E; Tatar, E; Tayloe, R; Tedeschi, D; Teklu, AM; Tena_Vidal, J; Tennessen, P; Tenti, M; Terao, K; Terranova, F; Testera, G; Thakore, T; Thea, A; Thomas, S; Thompson, A; Thorn, C; Timm, SC; Tiras, E; Tishchenko, V; Todorović, N; Tomassetti, L; Tonazzo, A; Torbunov, D; Torti, M; Tortola, M; Tortorici, F; Tosi, N; Totani, D; Toups, M; Touramanis, C; Tran, D; Travaglini, R; Trevor, J; Triller, E; Trilov, S; Truchon, J; Truncali, D; Trzaska, WH; Tsai, Y; Tsai, Y-T; Tsamalaidze, Z; Tsang, KV; Tsverava, N; Tu, SZ; Tufanli, S; Tunnell, C; Turner, J; Tuzi, M; Tyler, J; Tyley, E; Tzanov, M; Uchida, MA; Ureña_González, J; Urheim, J; Usher, T; Utaegbulam, H; Uzunyan, S; Vagins, MR; Vahle, P; Valder, S; Valdiviesso, GA; Valencia, E; Valentim, R; Vallari, Z; Vallazza, E; Valle, JWF; Van_Berg, R; Van_de_Water, RG; Forero, DV; Vannozzi, A; Van_Nuland-Troost, M; Varanini, F; Vargas_Oliva, D; Vasina, S; Vaughan, N; Vaziri, K; Vázquez-Ramos, A; Vega, J; Ventura, S; Verdugo, A; Vergani, S; Verzocchi, M; Vetter, K; Vicenzi, M; Vieira_de_Souza, H; Vignoli, C; Vilela, C; Villa, E; Viola, S; Viren, B; Vizcaya-Hernandez, A; Vuong, Q; Waldron, AV; Wallbank, M; Walsh, J; Walton, T; Wang, H; Wang, J; Wang, L; Wang, MHLS; Wang, X; Wang, Y; Warburton, K; Warner, D; Warsame, L; Wascko, MO; Waters, D; Watson, A; Wawrowska, K; Weber, A; Weber, CM; Weber, M; Wei, H; Weinstein, A; Wenzel, H; Westerdale, S; Wetstein, M; Whalen, K; Whilhelmi, J; White, A; White, A; Whitehead, LH; Whittington, D; Wilking, MJ; Wilkinson, A; Wilkinson, C; Wilson, F; Wilson, RJ; Winter, P; Wisniewski, W; Wolcott, J; Wolfs, J; Wongjirad, T; Wood, A; Wood, K; Worcester, E; Worcester, M; Wospakrik, M; Wresilo, K; Wret, C; Wu, S; Wu, W; Wu, W; Wurm, M; Wyenberg, J; Xiao, Y; Xiotidis, I; Yaeggy, B; Yahlali, N; Yandel, E; Yang, K; Yang, T; Yankelevich, A; Yershov, N; Yonehara, K; Young, T; Yu, B; Yu, H; Yu, J; Yu, Y; Yuan, W; Zaki, R; Zalesak, J; Zambelli, L; Zamorano, B; Zani, A; Zapata, O; Zazueta, L; Zeller, GP; Zennamo, J; Zeug, K; Zhang, C; Zhang, S; Zhao, M; Zhivun, E; Zimmerman, ED; Zucchelli, S; Zuklin, J; Zutshi, V; Zwaska, R</t>
+  </si>
+  <si>
+    <t>2024-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>T08004</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;DUNE is an international experiment dedicated to addressing some of the questions at the forefront of particle physics and astrophysics, including themystifying preponderance of matter over antimatter in the early universe. The dual-site experiment will employ an intense neutrino beam focused on a near and a far detector as it aims to determine the neutrino mass hierarchy and to make high-precision measurements of the PMNS matrix parameters, including the CP-violating phase. It will also stand ready to observe supernova neutrino bursts, and seeks to observe nucleon decay as a signature of a grand unified theory underlying the standard model.The DUNE far detector implements liquid argon time-projection chamber (LArTPC) technology, and combines the many tens-of-kiloton fiducial mass necessary for rare event searches with the sub-centimeter spatial resolutionrequired to image those events with high precision. The addition of a photon detection system enhances physics capabilities for all DUNE physics drivers and opens prospects for further physics explorations. Given its size, the far detector will be implemented as a set of modules, with LArTPC designs that differ from one another as newer technologies arise.In the vertical drift LArTPC design, a horizontal cathode bisects the detector, creating two stacked drift volumes in which ionization charges drift towards anodes at either the top or bottom. The anodes are composed of perforated PCB layers with conductive strips, enabling reconstruction in 3D.Light-trap-style photon detection modules are placed both on the cryostat's side walls and on the central cathode where they are optically powered.This Technical Design Report describes in detail the technical implementations of each subsystem of this LArTPC that, together with the other far detector modules and the near detector, will enable DUNE to achieve its physics goals.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2310154; 2411700; 2209601</t>
+  </si>
+  <si>
+    <t>10386754</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1361-6471/ac841a</t>
+  </si>
+  <si>
+    <t>A next-generation liquid xenon observatory for dark matter and neutrino physics</t>
+  </si>
+  <si>
+    <t>Aalbers, J.; AbdusSalam, S. S.; Abe, K.; Aerne, V.; Agostini, F.; Ahmed Maouloud, S.; Akerib, D. S.; Akimov, D. Y.; Akshat, J.; Al Musalhi, A. K.; Alder, F.; Alsum, S. K.; Althueser, L.; Amarasinghe, C. S.; Amaro, F. D.; Ames, A.; Anderson, T. J.; Andrieu, B.; Angelides, N.; Angelino, E.; Angevaare, J.; Antochi, V. C.; Antón Martin, D.; Antunovic, B.; Aprile, E.; Araújo, H. M.; Armstrong, J. E.; Arneodo, F.; Arthurs, M.; Asadi, P.; Baek, S.; Bai, X.; Bajpai, D.; Baker, A.; Balajthy, J.; Balashov, S.; Balzer, M.; Bandyopadhyay, A.; Bang, J.; Barberio, E.; Bargemann, J. W.; Baudis, L.; Bauer, D.; Baur, D.; Baxter, A.; Baxter, A. L.; Bazyk, M.; Beattie, K.; Behrens, J.; Bell, N. F.; Bellagamba, L.; Beltrame, P.; Benabderrahmane, M.; Bernard, E. P.; Bertone, G. F.; Bhattacharjee, P.; Bhatti, A.; Biekert, A.; Biesiadzinski, T. P.; Binau, A. R.; Biondi, R.; Biondi, Y.; Birch, H. J.; Bishara, F.; Bismark, A.; Blanco, C.; Blockinger, G. M.; Bodnia, E.; Boehm, C.; Bolozdynya, A. I.; Bolton, P. D.; Bottaro, S.; Bourgeois, C.; Boxer, B.; Brás, P.; Breskin, A.; Breur, P. A.; Brew, C. A. J.; Brod, J.; Brookes, E.; Brown, A.; Brown, E.; Bruenner, S.; Bruno, G.; Budnik, R.; Bui, T. K.; Burdin, S.; Buse, S.; Busenitz, J. K.; Buttazzo, D.; Buuck, M.; Buzulutskov, A.; Cabrita, R.; Cai, C.; Cai, D.; Capelli, C.; Cardoso, J. M. R.; Carmona-Benitez, M. C.; Cascella, M.; Catena, R.; Chakraborty, S.; Chan, C.; Chang, S.; Chauvin, A.; Chawla, A.; Chen, H.; Chepel, V.; Chott, N. I.; Cichon, D.; Cimental Chavez, A.; Cimmino, B.; Clark, M.; Co, R. T.; Colijn, A. P.; Conrad, J.; Converse, M. V.; Costa, M.; Cottle, A.; Cox, G.; Creaner, O.; Cuenca Garcia, J. J.; Cussonneau, J. P.; Cutter, J. E.; Dahl, C. E.; D’Andrea, V.; David, A.; Decowski, M. P.; Dent, J. B.; Deppisch, F. F.; de Viveiros, L.; Di Gangi, P.; Di Giovanni, A.; Di Pede, S.; Dierle, J.; Diglio, S.; Dobson, J. E. Y.; Doerenkamp, M.; Douillet, D.; Drexlin, G.; Druszkiewicz, E.; Dunsky, D.; Eitel, K.; Elykov, A.; Emken, T.; Engel, R.; Eriksen, S. R.; Fairbairn, M.; Fan, A.; Fan, J. J.; Farrell, S. J.; Fayer, S.; Fearon, N. M.; Ferella, A.; Ferrari, C.; Fieguth, A.; Fieguth, A.; Fiorucci, S.; Fischer, H.; Flaecher, H.; Flierman, M.; Florek, T.; Foot, R.; Fox, P. J.; Franceschini, R.; Fraser, E. D.; Frenk, C. S.; Frohlich, S.; Fruth, T.; Fulgione, W.; Fuselli, C.; Gaemers, P.; Gaior, R.; Gaitskell, R. J.; Galloway, M.; Gao, F.; Garcia Garcia, I.; Genovesi, J.; Ghag, C.; Ghosh, S.; Gibson, E.; Gil, W.; Giovagnoli, D.; Girard, F.; Glade-Beucke, R.; Glück, F.; Gokhale, S.; de Gouvêa, A.; Gráf, L.; Grandi, L.; Grigat, J.; Grinstein, B.; van der Grinten, M. G. D.; Grössle, R.; Guan, H.; Guida, M.; Gumbsheimer, R.; Gwilliam, C. B.; Hall, C. R.; Hall, L. J.; Hammann, R.; Han, K.; Hannen, V.; Hansmann-Menzemer, S.; Harata, R.; Hardin, S. P.; Hardy, E.; Hardy, C. A.; Harigaya, K.; Harnik, R.; Haselschwardt, S. J.; Hernandez, M.; Hertel, S. A.; Higuera, A.; Hils, C.; Hochrein, S.; Hoetzsch, L.; Hoferichter, M.; Hood, N.; Hooper, D.; Horn, M.; Howlett, J.; Huang, D. Q.; Huang, Y.; Hunt, D.; Iacovacci, M.; Iaquaniello, G.; Ide, R.; Ignarra, C. M.; Iloglu, G.; Itow, Y.; Jacquet, E.; Jahangir, O.; Jakob, J.; James, R. S.; Jansen, A.; Ji, W.; Ji, X.; Joerg, F.; Johnson, J.; Joy, A.; Kaboth, A. C.; Kalhor, L.; Kamaha, A. C.; Kanezaki, K.; Kar, K.; Kara, M.; Kato, N.; Kavrigin, P.; Kazama, S.; Keaveney, A. W.; Kellerer, J.; Khaitan, D.; Khazov, A.; Khundzakishvili, G.; Khurana, I.; Kilminster, B.; Kleifges, M.; Ko, P.; Kobayashi, M.; Kodroff, D.; Koltmann, G.; Kopec, A.; Kopmann, A.; Kopp, J.; Korley, L.; Kornoukhov, V. N.; Korolkova, E. V.; Kraus, H.; Krauss, L. M.; Kravitz, S.; Kreczko, L.; Kudryavtsev, V. A.; Kuger, F.; Kumar, J.; López Paredes, B.; LaCascio, L.; Laha, R.; Laine, Q.; Landsman, H.; Lang, R. F. (ORCID:0000000175942746); Leason, E. A.; Lee, J.; Leonard, D. S.; Lesko, K. T.; Levinson, L.; Levy, C.; Li, I.; Li, S. C.; Li, T.; Liang, S.; Liebenthal, C. S.; Lin, J.; Lin, Q.; Lindemann, S.; Lindner, M.; Lindote, A.; Linehan, R.; Lippincott, W. H.; Liu, X.; Liu, K.; Liu, J.; Loizeau, J.; Lombardi, F.; Long, J.; Lopes, M. I.; Lopez Asamar, E.; Lorenzon, W.; Lu, C.; Luitz, S.; Ma, Y.; Machado, P. A. N.; Macolino, C.; Maeda, T.; Mahlstedt, J.; Majewski, P. A.; Manalaysay, A.; Mancuso, A.; Manenti, L.; Manfredini, A.; Mannino, R. L.; Marangou, N.; March-Russell, J.; Marignetti, F.; Marrodán Undagoitia, T.; Martens, K.; Martin, R.; Martinez-Soler, I.; Masbou, J.; Masson, D.; Masson, E.; Mastroianni, S.; Mastronardi, M.; Matias-Lopes, J. A.; McCarthy, M. E.; McFadden, N.; McGinness, E.; McKinsey, D. N.; McLaughlin, J.; McMichael, K.; Meinhardt, P.; Menéndez, J.; Meng, Y.; Messina, M.; Midha, R.; Milisavljevic, D.; Miller, E. H.; Milosevic, B.; Milutinovic, S.; Mitra, S. A.; Miuchi, K.; Mizrachi, E.; Mizukoshi, K.; Molinario, A.; Monte, A.; Monteiro, C. M. B.; Monzani, M. E.; Moore, J. S.; Morå, K.; Morad, J. A.; Morales Mendoza, J. D.; Moriyama, S.; Morrison, E.; Morteau, E.; Mosbacher, Y.; Mount, B. J.; Mueller, J.; Murphy, A. St J.; Murra, M.; Naim, D.; Nakamura, S.; Nash, E.; Navaieelavasani, N.; Naylor, A.; Nedlik, C.; Nelson, H. N.; Neves, F.; Newstead, J. L.; Ni, K.; Nikoleyczik, J. A.; Niro, V.; Oberlack, U. G.; Obradovic, M.; Odgers, K.; O’Hare, C. A. J.; Oikonomou, P.; Olcina, I.; Oliver-Mallory, K.; Oranday, A.; Orpwood, J.; Ostrovskiy, I.; Ozaki, K.; Paetsch, B.; Pal, S.; Palacio, J.; Palladino, K. J.; Palmer, J.; Panci, P.; Pandurovic, M.; Parlati, A.; Parveen, N.; Patton, S. J.; Pěč, V.; Pellegrini, Q.; Penning, B.; Pereira, G.; Peres, R.; Perez-Gonzalez, Y.; Perry, E.; Pershing, T.; Petrossian-Byrne, R.; Pienaar, J.; Piepke, A.; Pieramico, G.; Pierre, M.; Piotter, M.; Pizzella, V.; Plante, G.; Pollmann, T.; Porzio, D.; Qi, J.; Qie, Y.; Qin, J.; Quevedo, F.; Raj, N.; Rajado Silva, M.; Ramanathan, K.; Ramírez García, D.; Ravanis, J.; Redard-Jacot, L.; Redigolo, D.; Reichard, S.; Reichenbacher, J.; Rhyne, C. A.; Richards, A.; Riffard, Q.; Rischbieter, G. R. C.; Rocchetti, A.; Rosenfeld, S. L.; Rosero, R.; Rupp, N.; Rushton, T.; Saha, S.; Salucci, P.; Sanchez, L.; Sanchez-Lucas, P.; Santone, D.; dos Santos, J. M. F.; Sarnoff, I.; Sartorelli, G.; Sazzad, A. B. M. R.; Scheibelhut, M.; Schnee, R. W.; Schrank, M.; Schreiner, J.; Schulte, P.; Schulte, D.; Schulze Eissing, H.; Schumann, M.; Schwemberger, T.; Schwenk, A.; Schwetz, T.; Scotto Lavina, L.; Scovell, P. R.; Sekiya, H.; Selvi, M.; Semenov, E.; Semeria, F.; Shagin, P.; Shaw, S.; Shi, S.; Shockley, E.; Shutt, T. A.; Si-Ahmed, R.; Silk, J. J.; Silva, C.; Silva, M. C.; Simgen, H.; Šimkovic, F.; Sinev, G.; Singh, R.; Skulski, W.; Smirnov, J.; Smith, R.; Solmaz, M.; Solovov, V. N.; Sorensen, P.; Soria, J.; Sparmann, T. J.; Stancu, I.; Steidl, M.; Stevens, A.; Stifter, K.; Strigari, L. E.; Subotic, D.; Suerfu, B.; Suliga, A. M.; Sumner, T. J.; Szabo, P.; Szydagis, M.; Takeda, A.; Takeuchi, Y.; Tan, P-L; Taricco, C.; Taylor, W. C.; Temples, D. J.; Terliuk, A.; Terman, P. A.; Thers, D.; Thieme, K.; Thümmler, T.; Tiedt, D. R.; Timalsina, M.; To, W. H.; Toennies, F.; Tong, Z.; Toschi, F.; Tovey, D. R.; Tranter, J.; Trask, M.; Trinchero, G. C.; Tripathi, M.; Tronstad, D. R.; Trotta, R.; Tsai, Y. D.; Tunnell, C. D.; Turner, W. G.; Ueno, R.; Urquijo, P.; Utku, U.; Vaitkus, A.; Valerius, K.; Vassilev, E.; Vecchi, S.; Velan, V.; Vetter, S.; Vincent, A. C.; Vittorio, L.; Volta, G.; von Krosigk, B.; von Piechowski, M.; Vorkapic, D.; Wagner, C. E. M.; Wang, A. M.; Wang, B.; Wang, Y.; Wang, W.; Wang, J. J.; Wang, L-T; Wang, M.; Wang, Y.; Watson, J. R.; Wei, Y.; Weinheimer, C.; Weisman, E.; Weiss, M.; Wenz, D.; West, S. M.; Whitis, T. J.; Williams, M.; Wilson, M. J.; Winkler, D.; Wittweg, C.; Wolf, J.; Wolf, T.; Wolfs, F. L. H.; Woodford, S.; Woodward, D.; Wright, C. J.; Wu, V. H. S.; Wu, P.; Wüstling, S.; Wurm, M.; Xia, Q.; Xiang, X.; Xing, Y.; Xu, J.; Xu, Z.; Xu, D.; Yamashita, M.; Yamazaki, R.; Yan, H.; Yang, L.; Yang, Y.; Ye, J.; Yeh, M.; Young, I.; Yu, H. B.; Yu, T. T.; Yuan, L.; Zavattini, G.; Zerbo, S.; Zhang, Y.; Zhong, M.; Zhou, N.; Zhou, X.; Zhu, T.; Zhu, Y.; Zhuang, Y.; Zopounidis, J. P.; Zuber, K.; Zupan, J.</t>
+  </si>
+  <si>
+    <t>2022-12-22T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Physics G: Nuclear and Particle Physics</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Article No. 013001</t>
+  </si>
+  <si>
+    <t>0954-3899</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;The nature of dark matter and properties of neutrinos are among the most pressing issues in contemporary particle physics. The dual-phase xenon time-projection chamber is the leading technology to cover the available parameter space for weakly interacting massive particles, while featuring extensive sensitivity to many alternative dark matter candidates. These detectors can also study neutrinos through neutrinoless double-beta decay and through a variety of astrophysical sources. A next-generation xenon-based detector will therefore be a true multi-purpose observatory to significantly advance particle physics, nuclear physics, astrophysics, solar physics, and cosmology. This review article presents the science cases for such a detector.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>1944826; 2046549; 2020275; 2112802; 2112796; 2209451; 2112803; 1914448; 2137911</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>IOP Publishing</t>
+  </si>
+  <si>
+    <t>10432025</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.107.112012</t>
+  </si>
+  <si>
+    <t>Impact of cross-section uncertainties on supernova neutrino spectral parameter fitting in the Deep Underground Neutrino Experiment</t>
+  </si>
+  <si>
+    <t>Abed Abud, A.; Abi, B.; Acciarri, R.; Acero, M. A.; Adames, M. R.; Adamov, G.; Adamowski, M.; Adams, D.; Adinolfi, M.; Adriano, C.; Aduszkiewicz, A.; Aguilar, J.; Ahmad, Z.; Ahmed, J.; Aimard, B.; Akbar, F.; Allison, K.; Alonso Monsalve, S.; Alrashed, M.; Alton, A.; Alvarez, R.; Amedo, P.; Anderson, J.; Andrade, D. A.; Andreopoulos, C.; Andreotti, M.; Andrews, M. P.; Andrianala, F.; Andringa, S.; Anfimov, N.; Anicézio Campanelli, W. L.; Ankowski, A.; Antoniassi, M.; Antonova, M.; Antoshkin, A.; Aranda-Fernandez, A.; Arellano, L.; Arnold, L. O.; Arroyave, M. A.; Asaadi, J.; Ashkenazi, A.; Asquith, L.; Atkin, E.; Auguste, D.; Aurisano, A.; Aushev, V.; Autiero, D.; Ayala-Torres, M.; Azfar, F.; Back, A.; Back, H.; Back, J. J.; Bagaturia, I.; Bagby, L.; Balashov, N.; Balasubramanian, S.; Baldi, P.; Baldini, W.; Baller, B.; Bambah, B.; Banerjee, R.; Barao, F.; Barenboim, G.; Barham Alzás, P.; Barker, G. J.; Barkhouse, W.; Barnes, C.; Barr, G.; Barranco Monarca, J.; Barros, A.; Barros, N.; Barrow, J. L.; Basharina-Freshville, A.; Bashyal, A.; Basque, V.; Batchelor, C.; Battat, J. B. R.; Battisti, F.; Bay, F.; Bazetto, M. C. Q.; Bazo Alba, J. L. L.; Beacom, J. F.; Bechetoille, E.; Behera, B.; Belchior, E.; Bell, G.; Bellantoni, L.; Bellettini, G.; Bellini, V.; Beltramello, O.; Benekos, N.; Benitez Montiel, C.; Benjamin, D.; Bento Neves, F.; Berger, J.; Berkman, S.; Bernardini, P.; Berner, R. M.; Bersani, A.; Bertolucci, S.; Betancourt, M.; Betancur Rodríguez, A.; Bevan, A.; Bezawada, Y.; Bezerra, A. T.; Bezerra, T. J.; Bhambure, J.; Bhardwaj, A.; Bhatnagar, V.; Bhattacharjee, M.; Bhattacharya, M.; Bhattarai, D.; Bhuller, S.; Bhuyan, B.; Biagi, S.; Bian, J.; Biery, K.; Bilki, B.; Bishai, M.; Bitadze, A.; Blake, A.; Blaszczyk, F. D.; Blazey, G. C.; Blend, D.; Blucher, E.; Boissevain, J.; Bolognesi, S.; Bolton, T.; Bomben, L.; Bonesini, M.; Bonilla-Diaz, C.; Bonini, F.; Booth, A.; Boran, F.; Bordoni, S.; Borkum, A.; Bostan, N.; Bour, P.; Bracinik, J.; Braga, D.; Brailsford, D.; Branca, A.; Brandt, A.; Bravo-Moreno, M.; Bremer, J.; Brew, C.; Brice, S. J.; Brio, V.; Brizzolari, C.; Bromberg, C.; Brooke, J.; Bross, A.; Brunetti, G.; Brunetti, M.; Buchanan, N.; Budd, H.; Buergi, J.; Caceres V., G.; Cagnoli, I.; Cai, T.; Caiulo, D.; Calabrese, R.; Calafiura, P.; Calcutt, J.; Calin, M.; Calivers, L.; Calvez, S.; Calvo, E.; Caminata, A.; Campos Benitez, A.; Caratelli, D.; Carber, D.; Carceller, J. M.; Carini, G.; Carlus, B.; Carneiro, M. F.; Carniti, P.; Caro Terrazas, I.; Carranza, H.; Carrara, N.; Carroll, L.; Carroll, T.; Carter, A.; Castaño Forero, J. F.; Castillo, A.; Castromonte, C.; Catano-Mur, E.; Cattadori, C.; Cavalier, F.; Cavallaro, G.; Cavanna, F.; Centro, S.; Cerati, G.; Cervelli, A.; Cervera Villanueva, A.; Chakraborty, K.; Chalifour, M.; Chappell, A.; Chardonnet, E.; Charitonidis, N.; Chatterjee, A.; Chattopadhyay, S.; Chen, H.; Chen, M.; Chen, Y.; Chen-Wishart, Z.; Cheon, Y.; Cherdack, D.; Chi, C.; Childress, S.; Chirco, R.; Chiriacescu, A.; Chitirasreemadam, N.; Cho, K.; Choate, S.; Chokheli, D.; Chong, P. S.; Chowdhury, B.; Christensen, A.; Christian, D.; Christodoulou, G.; Chukanov, A.; Chung, M.; Church, E.; Cicero, V.; Clapa, D.; Clarke, P.; Cline, G.; Coan, T. E.; Cocco, A. G.; Coelho, J. A. B.; Cohen, A.; Collot, J.; Conley, E.; Conrad, J. M.; Convery, M.; Cooke, P.; Copello, S.; Cova, P.; Cox, C.; Cremaldi, L.; Cremonesi, L.; Crespo-Anadón, J. I.; Crisler, M.; Cristaldo, E.; Crnkovic, J.; Crone, G.; Cross, R.; Cudd, A.; Cuesta, C.; Cui, Y.; Cussans, D.; Dai, J.; Dalager, O.; Dallavalle, R.; da Motta, H.; Dar, Z. A.; Darby, R.; Da Silva Peres, L.; David, C.; David, Q.; Davies, G. S.; Davini, S.; Dawson, J.; De, K.; De, S.; De Aguiar, R.; De Almeida, P.; Debbins, P.; De Bonis, I.; Decowski, M. P.; de Gouvêa, A.; De Holanda, P. C.; De Icaza Astiz, I. L.; Deisting, A.; De Jong, P.; De la Torre, A.; Delbart, A.; De Leo, V.; Delepine, D.; Delgado, M.; Dell’Acqua, A.; Delmonte, N.; De Lurgio, P.; de Mello Neto, J. R. T.; DeMuth, D. M.; Dennis, S.; Densham, C.; Denton, P.; Deptuch, G. W.; De Roeck, A.; De Romeri, V.; De Souza, G.; Detje, J. P.; Devi, R.; Devine, J.; Dharmapalan, R.; Dias, M.; Díaz, J. S.; Díaz, F.; Di Capua, F.; Di Domenico, A.; Di Domizio, S.; Di Falco, S.; Di Giulio, L.; Ding, P.; Di Noto, L.; Diociaiuti, E.; Distefano, C.; Diurba, R.; Diwan, M.; Djurcic, Z.; Doering, D.; Dolan, S.; Dolek, F.; Dolinski, M. J.; Domenici, D.; Domine, L.; Donati, S.; Donon, Y.; Doran, S.; Douglas, D.; Dragone, A.; Drielsma, F.; Duarte, L.; Duchesneau, D.; Duffy, K.; Dugas, K.; Dunne, P.; Dutta, B.; Duyang, H.; Dvornikov, O.; Dwyer, D. A.; Dyshkant, A. S.; Eads, M.; Earle, A.; Edayath, S.; Edmunds, D.; Eisch, J.; Emberger, L.; Englezos, P.; Ereditato, A.; Erjavec, T.; Escobar, C. O.; Evans, J. J.; Ewart, E.; Ezeribe, A. C.; Fahey, K.; Fajt, L.; Falcone, A.; Fani’, M.; Farnese, C.; Farzan, Y.; Fedoseev, D.; Felix, J.; Feng, Y.; Fernandez-Martinez, E.; Ferraro, F.; Ferry, G.; Fields, L.; Filip, P.; Filkins, A.; Filthaut, F.; Fine, R.; Fiorillo, G.; Fiorini, M.; Fischer, V.; Fitzpatrick, R. S.; Flanagan, W.; Fleming, B.; Fogarty, S.; Foreman, W.; Fowler, J.; Franc, J.; Francis, K.; Franco, D.; Freeman, J.; Fried, J.; Friedland, A.; Fuess, S.; Furic, I. K.; Furman, K.; Furmanski, A. P.; Gabrielli, A.; Gago, A.; Gallagher, H.; Gallas, A.; Gallice, N.; Galymov, V.; Gamberini, E.; Gamble, T.; Ganacim, F.; Gandhi, R.; Ganguly, S.; Gao, F.; Gao, S.; Garcia-Gamez, D.; García-Peris, M. Á.; Gardiner, S.; Gastler, D.; Gauch, A.; Gauvreau, J.; Gauzzi, P.; Ge, G.; Geffroy, N.; Gelli, B.; Gent, S.; Gerlach, L.; Ghorbani-Moghaddam, Z.; Giammaria, P.; Giammaria, T.; Giangiacomi, N.; Gibin, D.; Gil-Botella, I.; Gilligan, S.; Gioiosa, A.; Giovannella, S.; Girerd, C.; Giri, A. K.; Giugliano, C.; Gnani, D.; Gogota, O.; Gollapinni, S.; Gollwitzer, K.; Gomes, R. A.; Gomez Bermeo, L. V.; Gomez Fajardo, L. S.; Gonnella, F.; Gonzalez-Diaz, D.; Gonzalez-Lopez, M.; Goodman, M. C.; Goodwin, O.; Goswami, S.; Gotti, C.; Goudeau, J.; Goudzovski, E.; Grace, C.; Gran, R.; Granados, E.; Granger, P.; Grant, C.; Gratieri, D.; Green, P.; Greenberg, S.; Greenler, L.; Greer, J.; Grenard, J.; Griffith, W. C.; Groetschla, F. T.; Groh, M.; Grzelak, K.; Gu, W.; Guarino, V.; Guarise, M.; Guenette, R.; Guerard, E.; Guerzoni, M.; Guffanti, D.; Guglielmi, A.; Guo, B.; Guo, Y.; Gupta, A.; Gupta, V.; Guthikonda, K. K.; Gutierrez, D.; Guzowski, P.; Guzzo, M. M.; Gwon, S.; Ha, C.; Haaf, K.; Habig, A.; Hadavand, H.; Haenni, R.; Hagaman, L.; Hahn, A.; Haiston, J.; Hamacher-Baumann, P.; Hamernik, T.; Hamilton, P.; Han, J.; Hancock, J.; Happacher, F.; Harris, D. A.; Hartnell, J.; Hartnett, T.; Harton, J.; Hasegawa, T.; Hasnip, C.; Hatcher, R.; Hatfield, K. W.; Hatzikoutelis, A.; Hayes, C.; Hayrapetyan, K.; Hays, J.; Hazen, E.; He, M.; Heavey, A.; Heeger, K. M.; Heise, J.; Henry, S.; Hernandez Morquecho, M. A.; Herner, K.; Hewes, V.; Higuera, A.; Hilgenberg, C.; Hill, T.; Hillier, S. J.; Himmel, A.; Hinkle, E.; Hirsch, L. R.; Ho, J.; Hoff, J.; Holin, A.; Holvey, T.; Hoppe, E.; Horton-Smith, G. A.; Hostert, M.; Houdy, T.; Howard, B.; Howell, R.; Hoyos Barrios, J.; Hristova, I.; Hronek, M. S.; Huang, J.; Huang, R. G.; Hulcher, Z.; Iles, G.; Ilic, N.; Iliescu, A. M.; Illingworth, R.; Ingratta, G.; Ioannisian, A.; Irwin, B.; Isenhower, L.; Ismerio Oliveira, M.; Itay, R.; Jackson, C. M.; Jain, V.; James, E.; Jang, W.; Jargowsky, B.; Jediny, F.; Jena, D.; Jeong, Y. S.; Jesús-Valls, C.; Ji, X.; Jiang, J.; Jiang, L.; Jipa, A.; Jo, J. H.; Joaquim, F. R.; Johnson, W.; Jones, B.; Jones, R.; Jovancevic, N.; Judah, M.; Jung, C. K.; Junk, T.; Jwa, Y.; Kabirnezhad, M.; Kaboth, A.; Kadenko, I.; Kakorin, I.; Kalitkina, A.; Kalra, D.; Kamer Koseyan, O.; Kamiya, F.; Kaplan, D. M.; Karagiorgi, G.; Karaman, G.; Karcher, A.; Karyotakis, Y.; Kasai, S.; Kasetti, S. P.; Kashur, L.; Katsioulas, I.; Kauther, A.; Kazaryan, N.; Kearns, E.; Keener, P. T.; Kelly, K. J.; Kemp, E.; Kemularia, O.; Kermaidic, Y.; Ketchum, W.; Kettell, S. H.; Khabibullin, M.; Khan, N.; Khotjantsev, A.; Khvedelidze, A.; Kim, D.; Kim, J.; King, B.; Kirby, B.; Kirby, M.; Klein, J.; Kleykamp, J.; Klustova, A.; Kobilarcik, T.; Koch, L.; Koehler, K.; Koerner, L. W.; Koh, D. H.; Kohn, S.; Koller, P. P.; Kolupaeva, L.; Korablev, D.; Kordosky, M.; Kosc, T.; Kose, U.; Kostelecký, V. A.; Kothekar, K.; Kotler, I.; Kozhukalov, V.; Kralik, R.; Kreczko, L.; Krennrich, F.; Kreslo, I.; Kropp, W.; Kroupova, T.; Kubota, S.; Kubu, M.; Kudenko, Y.; Kudryavtsev, V. A.; Kuhlmann, S.; Kulagin, S.; Kumar, J.; Kumar, P.; Kunze, P.; Kuravi, R.; Kurita, N.; Kuruppu, C.; Kus, V.; Kutter, T.; Kvasnicka, J.; Kwak, D.; Labree, T.; Lambert, A.; Land, B. J.; Lane, C. E.; Lang, K.; Langford, T.; Langstaff, M.; Lanni, F.; Lantwin, O.; Larkin, J.; Lasorak, P.; Last, D.; Laundrie, A.; Laurenti, G.; Lawrence, A.; Laycock, P.; Lazanu, I.; Lazzaroni, M.; Le, T.; Leardini, S.; Learned, J.; LeBrun, P.; LeCompte, T.; Lee, C.; Legin, V.; Lehmann Miotto, G.; Lehnert, R.; Leigui de Oliveira, M. A.; Leitner, M.; Lepin, L. M.; Li, S. W.; Li, Y.; Liao, H.; Lin, C. S.; Lin, S.; Lindebaum, D.; Lineros, R. A.; Ling, J.; Lister, A.; Littlejohn, B. R.; Liu, J.; Liu, Y.; Lockwitz, S.; Loew, T.; Lokajicek, M.; Lomidze, I.; Long, K.; López March, N.; Lord, T.; LoSecco, J. M.; Louis, W. C.; Lu, X.-G.; Luk, K. B.; Lunday, B.; Luo, X.; Luppi, E.; Lux, T.; Maalmi, J.; MacFarlane, D.; Machado, A. A.; Machado, P.; Macias, C. T.; Macier, J. R.; MacMahon, M.; Maddalena, A.; Madera, A.; Madigan, P.; Magill, S.; Magueur, C.; Mahn, K.; Maio, A.; Major, A.; Majumdar, K.; Maloney, J. A.; Man, M.; Mandrioli, G.; Mandujano, R. C.; Maneira, J.; Manenti, L.; Manly, S.; Mann, A.; Manolopoulos, K.; Manrique Plata, M.; Manthey Corchado, S.; Manyam, V. N.; Marchan, M.; Marchionni, A.; Marciano, W.; Marfatia, D.; Mariani, C.; Maricic, J.; Marinho, F.; Marino, A. D.; Markiewicz, T.; Marsden, D.; Marshak, M.; Marshall, C. M.; Marshall, J.; Marteau, J.; Martín-Albo, J.; Martinez, N.; Martinez Caicedo, D. A.; Martínez López, F.; Martínez Miravé, P.; Martynenko, S.; Mascagna, V.; Mason, K.; Massari, C.; Mastbaum, A.; Matichard, F.; Matsuno, S.; Matthews, J.; Mauger, C.; Mauri, N.; Mavrokoridis, K.; Mawby, I.; Mazza, R.; Mazzacane, A.; McAskill, T.; McCluskey, E.; McConkey, N.; McFarland, K. S.; McGrew, C.; McNab, A.; Mefodiev, A.; Mehta, P.; Melas, P.; Mena, O.; Mendez, H.; Mendez, P.; Méndez, D. P.; Menegolli, A.; Meng, G.; Messier, M. D.; Metcalf, W.; Mewes, M.; Meyer, H.; Miao, T.; Michna, G.; Mikola, V.; Milincic, R.; Miller, G.; Miller, W.; Mills, J.; Mineev, O.; Minotti, A.; Miranda, O. G.; Miryala, S.; Miscetti, S.; Mishra, C. S.; Mishra, S. R.; Mislivec, A.; Mitchell, M.; Mladenov, D.; Mocioiu, I.; Moffat, K.; Mogan, A.; Moggi, N.; Mohanta, R.; Mohayai, T. A.; Mokhov, N.; Molina, J.; Molina Bueno, L.; Montagna, E.; Montanari, A.; Montanari, C.; Montanari, D.; Montanino, D.; Montaño Zetina, L. M.; Moon, S. H.; Mooney, M.; Moor, A. F.; Moreno, D.; Morescalchi, L.; Moretti, D.; Morris, C.; Mossey, C.; Mote, M.; Motuk, E.; Moura, C. A.; Mousseau, J.; Mouster, G.; Mu, W.; Mualem, L.; Mueller, J.; Muether, M.; Muheim, F.; Muir, A.; Mulhearn, M.; Munford, D.; Munteanu, L. J.; Muramatsu, H.; Muraz, J.; Murphy, M.; Murphy, T.; Musser, J.; Nachtman, J.; Nagai, Y.; Nagu, S.; Nalbandyan, M.; Nandakumar, R.; Naples, D.; Narita, S.; Nath, A.; Navrer-Agasson, A.; Nayak, N.; Nebot-Guinot, M.; Negishi, K.; Nehm, A.; Nelson, J. K.; Nelson, M.; Nesbit, J.; Nessi, M.; Newbold, D.; Newcomer, M.; Newton, H.; Nichol, R.; Nicolas-Arnaldos, F.; Nikolica, A.; Nikolov, J.; Niner, E.; Nishimura, K.; Norman, A.; Norrick, A.; Novella, P.; Nowak, J. A.; Oberling, M.; Ochoa-Ricoux, J. P.; Olivier, A.; Olshevskiy, A.; Olson, T.; Onel, Y.; Onishchuk, Y.; Oranday, A.; Otiniano Ormachea, L.; Ott, J.; Pagani, L.; Palacio, G.; Palamara, O.; Palestini, S.; Paley, J. M.; Pallavicini, M.; Palomares, C.; Pan, S.; Panduro Vazquez, W.; Pantic, E.; Paolone, V.; Papadimitriou, V.; Papaleo, R.; Papanestis, A.; Paramesvaran, S.; Paris, A.; Parke, S.; Parozzi, E.; Parsa, S.; Parsa, Z.; Parveen, S.; Parvu, M.; Pasciuto, D.; Pascoli, S.; Pasqualini, L.; Pasternak, J.; Pater, J.; Patrick, C.; Patrizii, L.; Patterson, R. B.; Patton, S. J.; Patzak, T.; Paudel, A.; Paulucci, L.; Pavlovic, Z.; Pawloski, G.; Payne, D.; Pec, V.; Peeters, S. J. M.; Pena Perez, A.; Pennacchio, E.; Penzo, A.; Peres, O. L. G.; Perez Gonzalez, Y. F.; Pérez-Molina, L.; Pernas, C.; Perry, J.; Pershey, D.; Pessina, G.; Petrillo, G.; Petta, C.; Petti, R.; Pia, V.; Pickering, L.; Pietropaolo, F.; Pimentel, V. L.; Pinaroli, G.; Plows, K.; Plunkett, R.; Pollack, C.; Pollman, T.; Pompa, F.; Pons, X.; Poonthottathil, N.; Poppi, F.; Pordes, S.; Porter, J.; Potekhin, M.; Potenza, R.; Potukuchi, B. V. K. S.; Pozimski, J.; Pozzato, M.; Prakash, S.; Prakash, T.; Pratt, C.; Prest, M.; Psihas, F.; Pugnere, D.; Qian, X.; Raaf, J. L.; Radeka, V.; Rademacker, J.; Radev, R.; Radics, B.; Rafique, A.; Raguzin, E.; Rai, M.; Rajaoalisoa, M.; Rakhno, I.; Rakotondravohitra, L.; Rameika, R.; Ramirez Delgado, M. A.; Ramson, B.; Rappoldi, A.; Raselli, G.; Ratoff, P.; Ray, R.; Razafinime, H.; Razakamiandra, R. F.; Rea, E. M.; Real, J. S.; Rebel, B.; Rechenmacher, R.; Reggiani-Guzzo, M.; Reichenbacher, J.; Reitzner, S. D.; Rejeb Sfar, H.; Renshaw, A.; Rescia, S.; Resnati, F.; Ribas, M.; Riboldi, S.; Riccio, C.; Riccobene, G.; Rice, L. C. J.; Ricol, J. S.; Rigamonti, A.; Rigan, M.; Rincón, E. V.; Ritchie-Yates, A.; Ritter, S.; Rivera, D.; Rivera, R.; Robert, A.; Rocabado Rocha, J. L.; Rochester, L.; Roda, M.; Rodrigues, P.; Rodriguez Alonso, M. J.; Rodriguez Rondon, J.; Rosauro-Alcaraz, S.; Rosier, P.; Rossella, M.; Rossi, M.; Ross-Lonergan, M.; Rout, J.; Roy, P.; Rubbia, C.; Ruiz Ferreira, G.; Russell, B.; Ruterbories, D.; Rybnikov, A.; Saa-Hernandez, A.; Saakyan, R.; Sacerdoti, S.; Sahoo, S. K.; Sahu, N.; Sala, P.; Samana, A. R.; Samios, N.; Samoylov, O.; Sanchez, M. C.; Sanchez-Lucas, P.; Sandberg, V.; Sanders, D. A.; Sankey, D.; Santoro, D.; Saoulidou, N.; Sapienza, P.; Sarasty, C.; Sarcevic, I.; Sarra, I.; Savage, G.; Savinov, V.; Scanavini, G.; Scaramelli, A.; Scarff, A.; Scarpelli, A.; Schefke, T.; Schellman, H.; Schifano, S.; Schlabach, P.; Schmitz, D.; Schneider, A. W.; Scholberg, K.; Schukraft, A.; Segreto, E.; Selyunin, A.; Senise, C. R.; Sensenig, J.; Shaevitz, M. H.; Shafaq, S.; Shaker, F.; Shanahan, P.; Sharma, H. R.; Sharma, R.; Kumar, R.; Shaw, K.; Shaw, T.; Shchablo, K.; Shepherd-Themistocleous, C.; Sheshukov, A.; Shi, W.; Shin, S.; Shoemaker, I.; Shooltz, D.; Shrock, R.; Siddi, B.; Silber, J.; Simard, L.; Sinclair, J.; Sinev, G.; Singh, Jaydip; Singh, J.; Singh, L.; Singh, P.; Singh, V.; Singh Chauhan, S.; Sipos, R.; Sironneau, C.; Sirri, G.; Siyeon, K.; Skarpaas, K.; Smith, E.; Smith, P.; Smolik, J.; Smy, M.; Snider, E. L.; Snopok, P.; Snowden-Ifft, D.; Soares Nunes, M.; Sobel, H.; Soderberg, M.; Sokolov, S.; Solano Salinas, C. J.; Söldner-Rembold, S.; Soleti, S. R.; Solomey, N.; Solovov, V.; Sondheim, W. E.; Sorel, M.; Sotnikov, A.; Soto-Oton, J.; Sousa, A.; Soustruznik, K.; Spagliardi, F.; Spanu, M.; Spitz, J.; Spooner, N. J. C.; Spurgeon, K.; Stalder, D.; Stancari, M.; Stanco, L.; Steenis, J.; Stein, R.; Steiner, H. M.; Steklain Lisbôa, A. F.; Stepanova, A.; Stewart, J.; Stillwell, B.; Stock, J.; Stocker, F.; Stokes, T.; Strait, M.; Strauss, T.; Strigari, L.; Stuart, A.; Suarez, J. G.; Subash, J.; Surdo, A.; Suter, L.; Sutera, C. M.; Sutton, K.; Suvorov, Y.; Svoboda, R.; Swain, S. K.; Szczerbinska, B.; Szelc, A. M.; Taffara, A.; Talukdar, N.; Tamara, J.; Tanaka, H. A.; Tang, S.; Taniuchi, N.; Tapia Oregui, B.; Tapper, A.; Tariq, S.; Tarpara, E.; Tatar, E.; Tayloe, R.; Teklu, A. M.; Tennessen, P.; Tenti, M.; Terao, K.; Terranova, F.; Testera, G.; Thakore, T.; Thea, A.; Thompson, A.; Thorn, C.; Timm, S. C.; Tishchenko, V.; Todorović, N.; Tomassetti, L.; Tonazzo, A.; Torbunov, D.; Torti, M.; Tortola, M.; Tortorici, F.; Tosi, N.; Totani, D.; Toups, M.; Touramanis, C.; Travaglini, R.; Trevor, J.; Trilov, S.; Trzaska, W. H.; Tsai, Y.; Tsai, Y.-T.; Tsamalaidze, Z.; Tsang, K. V.; Tsverava, N.; Tu, S. Z.; Tufanli, S.; Tull, C.; Turner, J.; Tuzi, M.; Tyler, J.; Tyley, E.; Tzanov, M.; Uchida, M. A.; Urheim, J.; Usher, T.; Utaegbulam, H.; Uzunyan, S.; Vagins, M. R.; Vahle, P.; Valder, S.; Valdiviesso, G. D. A.; Valencia, E.; Valentim, R.; Vallari, Z.; Vallazza, E.; Valle, J. W. F.; Vallecorsa, S.; Van Berg, R.; Van de Water, R. G.; Vanegas Forero, D.; Varanini, F.; Vargas Oliva, D.; Varner, G.; Vasina, S.; Vaughan, N.; Vaziri, K.; Vega, J.; Ventura, S.; Verdugo, A.; Vergani, S.; Vermeulen, M. A.; Verzocchi, M.; Vicenzi, M.; Vieira de Souza, H.; Vignoli, C.; Vilela, C.; Viren, B.; Vizcaya-Hernandez, A.; Vrba, T.; Vuong, Q.; Waldron, A. V.; Wallbank, M.; Walsh, J.; Walton, T.; Wang, H.; Wang, J.; Wang, L.; Wang, M. H. L. S.; Wang, X.; Wang, Y.; Warburton, K.; Warner, D.; Wascko, M. O.; Waters, D.; Watson, A.; Wawrowska, K.; Weatherly, P.; Weber, A.; Weber, M.; Wei, H.; Weinstein, A.; Wenman, D.; Wetstein, M.; Whilhelmi, J.; White, A.; White, A.; Whitehead, L. H.; Whittington, D.; Wilking, M. J.; Wilkinson, A.; Wilkinson, C.; Williams, Z.; Wilson, F.; Wilson, R. J.; Wisniewski, W.; Wolcott, J.; Wolfs, J.; Wongjirad, T.; Wood, A.; Wood, K.; Worcester, E.; Worcester, M.; Wospakrik, M.; Wresilo, K.; Wret, C.; Wu, S.; Wu, W.; Wu, W.; Wurm, M.; Wyenberg, J.; Xiao, Y.; Xiotidis, I.; Yaeggy, B.; Yahlali, N.; Yandel, E.; Yang, G.; Yang, K.; Yang, T.; Yankelevich, A.; Yershov, N.; Yonehara, K.; Yoon, Y. S.; Young, T.; Yu, B.; Yu, H.; Yu, H.; Yu, J.; Yu, Y.; Yuan, W.; Zaki, R.; Zalesak, J.; Zambelli, L.; Zamorano, B.; Zani, A.; Zazueta, L.; Zeller, G. P.; Zennamo, J.; Zeug, K.; Zhang, C.; Zhang, S.; Zhang, Y.; Zhao, M.; Zhivun, E.; Zimmerman, E. D.; Zucchelli, S.; Zuklin, J.; Zutshi, V.; Zwaska, R.</t>
+  </si>
+  <si>
+    <t>2023-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2209481; 2111053; 2209601; 2310154; 2112727; 2013217</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -188,51 +486,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="1">
@@ -305,81 +603,699 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s" s="0">
+        <v>43</v>
+      </c>
+      <c r="C3" t="s" s="0">
+        <v>44</v>
+      </c>
+      <c r="D3" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E3" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="F3" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s" s="0">
+        <v>47</v>
+      </c>
+      <c r="H3" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="I3" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="J3" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="K3" s="0"/>
+      <c r="L3" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="M3" s="0"/>
+      <c r="N3" t="s" s="0">
+        <v>52</v>
+      </c>
+      <c r="O3" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s" s="0">
+        <v>53</v>
+      </c>
+      <c r="Q3" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R3" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="S3" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T3" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U3" s="0"/>
+      <c r="V3" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W3" t="s" s="0">
+        <v>54</v>
+      </c>
+      <c r="X3" s="0"/>
+      <c r="Y3" s="0"/>
+      <c r="Z3" s="0"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s" s="0">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s" s="0">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E4" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s" s="0">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="I4" t="s" s="0">
+        <v>62</v>
+      </c>
+      <c r="J4" t="s" s="0">
+        <v>63</v>
+      </c>
+      <c r="K4" t="s" s="0">
+        <v>64</v>
+      </c>
+      <c r="L4" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="M4" s="0"/>
+      <c r="N4" t="s" s="0">
+        <v>66</v>
+      </c>
+      <c r="O4" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s" s="0">
+        <v>67</v>
+      </c>
+      <c r="Q4" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R4" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="S4" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T4" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U4" s="0"/>
+      <c r="V4" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W4" t="s" s="0">
+        <v>68</v>
+      </c>
+      <c r="X4" s="0"/>
+      <c r="Y4" s="0"/>
+      <c r="Z4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="0">
+        <v>69</v>
+      </c>
+      <c r="B5" t="s" s="0">
+        <v>70</v>
+      </c>
+      <c r="C5" t="s" s="0">
+        <v>71</v>
+      </c>
+      <c r="D5" t="s" s="0">
+        <v>72</v>
+      </c>
+      <c r="E5" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="F5" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s" s="0">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="I5" t="s" s="0">
+        <v>74</v>
+      </c>
+      <c r="J5" t="s" s="0">
+        <v>75</v>
+      </c>
+      <c r="K5" t="s" s="0">
+        <v>76</v>
+      </c>
+      <c r="L5" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="M5" s="0"/>
+      <c r="N5" t="s" s="0">
+        <v>77</v>
+      </c>
+      <c r="O5" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P5" t="s" s="0">
+        <v>78</v>
+      </c>
+      <c r="Q5" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R5" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="S5" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T5" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U5" s="0"/>
+      <c r="V5" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W5" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="X5" s="0"/>
+      <c r="Y5" s="0"/>
+      <c r="Z5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="s" s="0">
+        <v>80</v>
+      </c>
+      <c r="B6" t="s" s="0">
+        <v>81</v>
+      </c>
+      <c r="C6" t="s" s="0">
+        <v>82</v>
+      </c>
+      <c r="D6" t="s" s="0">
+        <v>83</v>
+      </c>
+      <c r="E6" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s" s="0">
+        <v>84</v>
+      </c>
+      <c r="H6" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s" s="0">
+        <v>85</v>
+      </c>
+      <c r="J6" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="K6" s="0"/>
+      <c r="L6" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="M6" s="0"/>
+      <c r="N6" t="s" s="0">
+        <v>86</v>
+      </c>
+      <c r="O6" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s" s="0">
+        <v>87</v>
+      </c>
+      <c r="Q6" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R6" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="S6" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T6" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U6" s="0"/>
+      <c r="V6" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W6" t="s" s="0">
+        <v>88</v>
+      </c>
+      <c r="X6" s="0"/>
+      <c r="Y6" s="0"/>
+      <c r="Z6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="s" s="0">
+        <v>89</v>
+      </c>
+      <c r="B7" t="s" s="0">
+        <v>90</v>
+      </c>
+      <c r="C7" t="s" s="0">
+        <v>91</v>
+      </c>
+      <c r="D7" t="s" s="0">
+        <v>92</v>
+      </c>
+      <c r="E7" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s" s="0">
+        <v>93</v>
+      </c>
+      <c r="H7" t="s" s="0">
+        <v>94</v>
+      </c>
+      <c r="I7" t="s" s="0">
+        <v>95</v>
+      </c>
+      <c r="J7" t="s" s="0">
+        <v>96</v>
+      </c>
+      <c r="K7" t="s" s="0">
+        <v>97</v>
+      </c>
+      <c r="L7" t="s" s="0">
+        <v>98</v>
+      </c>
+      <c r="M7" s="0"/>
+      <c r="N7" t="s" s="0">
+        <v>99</v>
+      </c>
+      <c r="O7" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P7" t="s" s="0">
+        <v>100</v>
+      </c>
+      <c r="Q7" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R7" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="S7" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T7" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U7" s="0"/>
+      <c r="V7" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W7" t="s" s="0">
+        <v>94</v>
+      </c>
+      <c r="X7" s="0"/>
+      <c r="Y7" s="0"/>
+      <c r="Z7" s="0"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="s" s="0">
+        <v>101</v>
+      </c>
+      <c r="B8" t="s" s="0">
+        <v>102</v>
+      </c>
+      <c r="C8" t="s" s="0">
+        <v>103</v>
+      </c>
+      <c r="D8" t="s" s="0">
+        <v>104</v>
+      </c>
+      <c r="E8" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s" s="0">
+        <v>105</v>
+      </c>
+      <c r="H8" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="I8" t="s" s="0">
+        <v>74</v>
+      </c>
+      <c r="J8" t="s" s="0">
+        <v>106</v>
+      </c>
+      <c r="K8" t="s" s="0">
+        <v>107</v>
+      </c>
+      <c r="L8" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="M8" s="0"/>
+      <c r="N8" t="s" s="0">
+        <v>108</v>
+      </c>
+      <c r="O8" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P8" t="s" s="0">
+        <v>109</v>
+      </c>
+      <c r="Q8" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R8" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="S8" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T8" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U8" s="0"/>
+      <c r="V8" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W8" t="s" s="0">
+        <v>110</v>
+      </c>
+      <c r="X8" s="0"/>
+      <c r="Y8" s="0"/>
+      <c r="Z8" s="0"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="s" s="0">
+        <v>111</v>
+      </c>
+      <c r="B9" t="s" s="0">
+        <v>112</v>
+      </c>
+      <c r="C9" t="s" s="0">
+        <v>113</v>
+      </c>
+      <c r="D9" t="s" s="0">
+        <v>114</v>
+      </c>
+      <c r="E9" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s" s="0">
+        <v>115</v>
+      </c>
+      <c r="H9" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s" s="0">
+        <v>74</v>
+      </c>
+      <c r="J9" t="s" s="0">
+        <v>106</v>
+      </c>
+      <c r="K9" t="s" s="0">
+        <v>116</v>
+      </c>
+      <c r="L9" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="M9" s="0"/>
+      <c r="N9" t="s" s="0">
+        <v>117</v>
+      </c>
+      <c r="O9" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P9" t="s" s="0">
+        <v>118</v>
+      </c>
+      <c r="Q9" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R9" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="S9" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T9" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U9" s="0"/>
+      <c r="V9" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W9" t="s" s="0">
+        <v>68</v>
+      </c>
+      <c r="X9" s="0"/>
+      <c r="Y9" s="0"/>
+      <c r="Z9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="s" s="0">
+        <v>119</v>
+      </c>
+      <c r="B10" t="s" s="0">
+        <v>120</v>
+      </c>
+      <c r="C10" t="s" s="0">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s" s="0">
+        <v>122</v>
+      </c>
+      <c r="E10" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G10" t="s" s="0">
+        <v>123</v>
+      </c>
+      <c r="H10" t="s" s="0">
+        <v>124</v>
+      </c>
+      <c r="I10" t="s" s="0">
+        <v>125</v>
+      </c>
+      <c r="J10" t="s" s="0">
+        <v>126</v>
+      </c>
+      <c r="K10" t="s" s="0">
+        <v>127</v>
+      </c>
+      <c r="L10" t="s" s="0">
+        <v>128</v>
+      </c>
+      <c r="M10" s="0"/>
+      <c r="N10" t="s" s="0">
+        <v>129</v>
+      </c>
+      <c r="O10" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P10" t="s" s="0">
+        <v>130</v>
+      </c>
+      <c r="Q10" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R10" t="s" s="0">
+        <v>131</v>
+      </c>
+      <c r="S10" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T10" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U10" s="0"/>
+      <c r="V10" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W10" t="s" s="0">
+        <v>132</v>
+      </c>
+      <c r="X10" s="0"/>
+      <c r="Y10" s="0"/>
+      <c r="Z10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="s" s="0">
+        <v>133</v>
+      </c>
+      <c r="B11" t="s" s="0">
+        <v>134</v>
+      </c>
+      <c r="C11" t="s" s="0">
+        <v>135</v>
+      </c>
+      <c r="D11" t="s" s="0">
+        <v>136</v>
+      </c>
+      <c r="E11" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s" s="0">
+        <v>137</v>
+      </c>
+      <c r="H11" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="I11" t="s" s="0">
+        <v>138</v>
+      </c>
+      <c r="J11" t="s" s="0">
+        <v>139</v>
+      </c>
+      <c r="K11" s="0"/>
+      <c r="L11" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="M11" s="0"/>
+      <c r="N11" s="0"/>
+      <c r="O11" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="P11" t="s" s="0">
+        <v>140</v>
+      </c>
+      <c r="Q11" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="R11" t="s" s="0">
+        <v>141</v>
+      </c>
+      <c r="S11" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="T11" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="U11" s="0"/>
+      <c r="V11" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W11" s="0"/>
+      <c r="X11" s="0"/>
+      <c r="Y11" s="0"/>
+      <c r="Z11" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>