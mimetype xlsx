--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Physical Oceanography</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2393 to 2417</t>
   </si>
   <si>
     <t>0022-3670</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Output from a high-resolution numerical model is used to study near-surface transport in and around Cape Cod Bay using a Lagrangian approach. Key questions include the following: What are the dominant transport pathways? How do they vary in time on seasonal-to-interannual scales? What is the role of wind in driving this variability? Application to a possible release of wastewater into Cape Cod Bay from the recently closed Pilgrim Nuclear Power Station is discussed. Analysis reveals a seasonality in Cape Cod Bay transport patterns, with shorter residence times throughout the bay and an increased probability of outflow waters exiting the bay during spring and summer. Wind-induced Ekman currents are identified as a dominant driver of this variability.&lt;/p&gt; &lt;sec&gt;&lt;title&gt;Significance Statement&lt;/title&gt;&lt;p&gt;This study is motivated by a possible release of radioisotope-contaminated wastewater into Cape Cod Bay, a region important to fishing, aquaculture, and tourist industries. The specific aim is to better understand near-surface transport patterns and mechanisms in Cape Cod Bay both in general and within the context of a wastewater release from Pilgrim Nuclear Power Station.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1923387</t>
+    <t>1923387; 2124210</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Meteorological Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>