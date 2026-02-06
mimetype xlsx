--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566295</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Effect of Adaptive Communication Support on Human-AI Collaboration</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Shipeng; Shrutika, FNU; Zhang, Boshen; Huang, Zhehui; Qian, Feifei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Effective human-AI collaboration requires agents to adopt their roles and levels of support based on human needs, task requirements, and complexity. Traditional human-AI teaming often relies on a pre-determined robot communication scheme, restricting teamwork adaptability in complex tasks. Leveraging the strong communication capabilities of Large Language Models (LLMs), we propose a Human-Robot Teaming Framework with Multi-Modal Language feedback (HRT-ML), a framework designed to enhance human-robot interaction by adjusting the frequency and content of language-based feedback. The HRT-ML framework includes two core modules: a Coordinator for high-level, low-frequency strategic guidance and a Manager for task-specific, high-frequency instructions, enabling passive and active interactions with human teammates. To assess the impact of language feedback in collaborative scenarios, we conducted experiments in an enhanced Overcooked-AI game environment with varying levels of task complexity (easy, medium, hard) and feedback frequency (inactive, passive, active, superactive). Our results show that as task complexity increases relative to human capabilities, human teammates exhibited stronger preferences toward robotic agents that can offer frequent, proactive support. However, when task complexities exceed the LLM's capacity, noisy and inaccurate feedback from superactive agents can instead hinder team performance, as it requires human teammates to increase their effort to interpret and respond to the large amount of communications, with limited performance return. Our results offer a general principle for robotic agents to dynamically adjust their levels and frequencies of communication to work seamlessly with humans and achieve improved teaming performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2240075</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI 2025 Workshop on Advancing LLM-Based Multi-Agent Collaboration</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>