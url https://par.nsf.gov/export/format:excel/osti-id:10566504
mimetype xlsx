--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566504</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Knowledge-based Emotion Recognition using Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Bin; Yau, Cleo; Lei, Su; Gratch, Jonathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Emotion recognition in social situations is a complex task that requires integrating information from both facial expressions and the situational context. While traditional approaches to automatic emotion recognition have focused on decontextualized signals, recent research emphasizes the importance of context in shaping emotion perceptions. This paper contributes to the emerging field of context-based emotion recognition by leveraging psychological theories of human emotion perception to inform the design of automated methods. We propose an approach that combines emotion recognition methods with Bayesian Cue Integration (BCI) to integrate emotion inferences from decontextualized facial expressions and contextual knowledge inferred via Large-language Models. We test this approach in the context of interpreting facial expressions during a social task, the prisoner’s dilemma. Our results provide clear support for BCI across a range of automatic emotion recognition methods. The best automated method achieved results comparable to human observers, suggesting the potential for this approach to advance the field of affective computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2150187</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>GLASGOW United Kingdom</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>