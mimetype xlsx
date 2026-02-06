--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566597</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/AIES-D-23-0089.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multidecadal Sea Level Prediction Using Neural Networks and Spectral Clustering on Climate Model Large Ensembles and Satellite Altimeter Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sinha, Saumya; Fasullo, John; Nerem, R Steven; Monteleoni, Claire</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence for the Earth Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2769-7525</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Sea surface height observations provided by satellite altimetry since 1993 show a rising rate (3.4 mm yr&lt;sup&gt;−1&lt;/sup&gt;) for global mean sea level. While on average, sea level has risen 10 cm over the last 30 years, there is considerable regional variation in the sea level change. Through this work, we predict sea level trends 30 years into the future at a 2° spatial resolution and investigate the future patterns of the sea level change. We show the potential of machine learning (ML) in this challenging application of long-term sea level forecasting over the global ocean. Our approach incorporates sea level data from both altimeter observations and climate model simulations. We develop a supervised learning framework using fully connected neural networks (FCNNs) that can predict the sea level trend based on climate model projections. Alongside this, our method provides uncertainty estimates associated with the ML prediction. We also show the effectiveness of partitioning our spatial dataset and learning a dedicated ML model for each segmented region. We compare two partitioning strategies: one achieved using domain knowledge and the other employing spectral clustering. Our results demonstrate that segmenting the spatial dataset with spectral clustering improves the ML predictions.&lt;/p&gt; &lt;sec&gt;&lt;title&gt;Significance Statement&lt;/title&gt;&lt;p&gt;Long-term projections are needed to help coastal communities adapt to sea level rise. Forecasting multidecadal sea level change is a complex problem. In this paper, we show the promise of machine learning in producing such forecasts 30 years in advance and over the global ocean. Continued improvements in prediction skills that build on this work will be vital in sea level rise adaptation efforts.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2153040</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>