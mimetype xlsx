--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -139,51 +139,51 @@
   </si>
   <si>
     <t>0008-7475</t>
   </si>
   <si>
     <t>The National Ecological Observatory Network (NEON) is gathering select ecological and taxonomic
 data across 81 sites in the United States and Puerto Rico. Lichens are one of the organismal groups
 that NEON has not yet assessed across these sites. Here we sampled lichens at Ordway-Swisher
 Biological Station (OSBS), a NEON site in north central Florida, to provide a baseline survey of
 the commonly encountered macrolichens (foliose, fruticose, and squamulose lichens). Macrolichens
 represent a subset of observable lichens and are more commonly surveyed than crustose lichens.
 Seventy-four species of macrolichens were collected, including 25 occurrences that constitute new
 records for Putnam County, Florida. The lichen diversity at OSBS comprised approximately 30% of
 the macrolichen diversity known from the entire state of Florida. Fifty-four taxa are common in the
 state of Florida, 12 infrequent across the state, and eight are considered rare. Macrolichens were the
 seventh most species-rich taxonomic groups at OSBS and more diverse than the NEON focal groups
 of mammals and fish. Lastly, we suggest a theoretical roadmap for how lichenologists could work together
 with NEON to include lichens in future datasets. We hope that biologists focused on other key
 organismal groups will sample in NEON sites so that NEON data can be leveraged appropriately in
 future cross-taxon studies of biodiversity at the continental scale.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2106123</t>
+    <t>2106123; 2106130</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>BioOne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>