--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566766</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/eds.2024.25</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Skip-WaveNet: a wavelet based multi-scale architecture to trace snow layers in radar echograms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Varshney, Debvrat; Yari, Masoud; Ibikunle, Oluwanisola; Li, Jilu; Paden, John; Gangopadhyay, Aryya; Rahnemoonfar, Maryam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Data Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2634-4602</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Airborne radar sensors capture the profile of snow layers present on top of an ice sheet. Accurate tracking of these layers is essential to calculate their thicknesses, which are required to investigate the contribution of polar ice cap melt to sea-level rise. However, automatically processing the radar echograms to detect the underlying snow layers is a challenging problem. In our work, we develop wavelet-based multi-scale deep learning architectures for these radar echograms to improve snow layer detection. These architectures estimate the layer depths with a mean absolute error of 3.31 pixels and 94.3% average precision, achieving higher generalizability as compared to state-of-the-art snow layer detection networks. These depth estimates also agree well with physically drilled stake measurements. Such robust architectures can be used on echograms from future missions to efficiently trace snow layers, estimate their individual thicknesses, and thus support sea-level rise projection models.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2308649</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cambridge University Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>