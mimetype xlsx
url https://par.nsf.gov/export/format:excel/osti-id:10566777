--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review Research</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2643-1564</t>
   </si>
   <si>
     <t>&lt;p&gt;We simulate the dynamics of Rydberg atoms resonantly exchanging energy via two-, three-, and four-body dipole-dipole interactions in a one-dimensional array. Using simplified models of a realistic experimental system, we study the initial-state survival probability, mean level spacing, spread of entanglement, and properties of the energy eigenstates. By exploring a range of disorders and interaction strengths, we find regions in parameter space where the three- and four-body dynamics either fail to thermalize or do so slowly. The interplay between the stronger hopping and weaker field-tuned interactions gives rise to quantum many-body scar states, which play a critical role in slowing the dynamics of the three- and four-body interactions.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2011583</t>
+    <t>2011583; 2011610</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>