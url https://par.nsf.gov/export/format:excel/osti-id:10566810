--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566810</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/gmd-17-5309-2024</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>&lt;i&gt;tobac&lt;/i&gt; v1.5: introducing fast 3D tracking, splits and mergers, and other enhancements for identifying and analysing meteorological phenomena</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sokolowsky, G Alexander; Freeman, Sean W; Jones, William K; Kukulies, Julia; Senf, Fabian; Marinescu, Peter J; Heikenfeld, Max; Brunner, Kelcy N; Bruning, Eric C; Collis, Scott M; Jackson, Robert C; Leung, Gabrielle R; Pfeifer, Nils; Raut, Bhupendra A; Saleeby, Stephen M; Stier, Philip; van_den_Heever, Susan C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Geoscientific Model Development</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5309 to 5330</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1991-9603</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Abstract. There is a continuously increasing need for reliable feature detection and tracking tools based on objective analysis principles for use with meteorological data. Many tools have been developed over the previous 2 decades that attempt to address this need but most have limitations on the type of data they can be used with, feature computational and/or memory expenses that make them unwieldy with larger datasets, or require some form of data reduction prior to use that limits the tool's utility. The Tracking and Object-Based Analysis of Clouds (tobac) Python package is a modular, open-source tool that improves on the overall generality and utility of past tools. A number of scientific improvements (three spatial dimensions, splits and mergers of features, an internal spectral filtering tool) and procedural enhancements (increased computational efficiency, internal regridding of data, and treatments for periodic boundary conditions) have been included in tobac as a part of the tobac v1.5 update. These improvements have made tobac one of the most robust, powerful, and flexible identification and tracking tools in our field to date and expand its potential use in other fields. Future plans for tobac v2 are also discussed.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019939</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Copernicus Publications on behalf of the European Geosciences Union</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>