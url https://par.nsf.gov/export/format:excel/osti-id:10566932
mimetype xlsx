--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10566932</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.13023/PPA2-QQ04</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pilgrim, Robert</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This talk addresses the essential role of data models in analytics, especially for lean teams. It caters to a broad audience, from beginners creating reports to those integrating diverse datasets for advanced analytics and KPI development. A robust data model is crucial for rapidly scaling analytics efforts, allowing for the inclusion of varied data sources such as research awards and proposals, HR data (Gender, ranks, titles, ethnicity etc.), teaching loads, and external datasets like the HERD Survey. We will cover data modeling basics, then explore advanced analytics with the Microsoft Analytics Stack, focusing on Power BI Desktop, emphasizing its accessibility and capability for comprehensive insights. Including an introduction to Microsoft Data Analysis Expressions (DAX) and Time Intelligence Functions. Discover how effective data models enhance analytics capabilities, enabling teams to achieve significant research outcomes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2324388</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>University of Kentucky Libraries</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>