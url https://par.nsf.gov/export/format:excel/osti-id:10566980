--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-12-30T05:00:00Z</t>
   </si>
   <si>
     <t>Freshwater Biology</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0046-5070</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Freshwater mussels (Bivalvia: Unionida) are among the most imperilled freshwater taxa. Yet, there is a lack of basic life history information for mussels, including data on their growth and longevity. These data help inform conservation efforts, as they can indicate whether species or populations may be vulnerable to decline and inform which species may be best adapted to certain habitats. We aimed to quantify growth and longevity in five mussel species from four river systems in the southeastern United States and test whether growth was related to stream flow. We also interpreted our findings in the context of life history theory.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;To model mussel growth and longevity, we cut radial thick sections from the shells of mussels and used high‐resolution photography to image the shells. We identified annual growth rings (annuli) and used von Bertalanffy growth models to estimate growth rate (&lt;italic&gt;K&lt;/italic&gt;) and maximum age (&lt;italic&gt;A&lt;/italic&gt;&lt;sub&gt;max&lt;/sub&gt;) across 13 mussel populations. We then used biochronological methods to remove age‐related variation in annual growth in each shell. We tested whether annual growth was correlated with stream flow using discharge‐based statistics.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We found substantial variation in&lt;italic&gt;K&lt;/italic&gt;and&lt;italic&gt;A&lt;/italic&gt;&lt;sub&gt;max&lt;/sub&gt;among species and among populations of the same species.&lt;italic&gt;K&lt;/italic&gt;was negatively related to&lt;italic&gt;A&lt;/italic&gt;&lt;sub&gt;max&lt;/sub&gt;. We did not find consistent correlations between annual growth and stream flow.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Our estimates of&lt;italic&gt;K&lt;/italic&gt;and&lt;italic&gt;A&lt;/italic&gt;&lt;sub&gt;max&lt;/sub&gt;align with previous studies on closely related species and populations. They also match the eco‐evolutionary prediction that growth rate and longevity are negatively related. Life history theory predicts that short‐lived species with higher growth rates should be better adapted to environments with cyclical disturbance regimes, whereas longer‐lived species with low growth rates should be better adapted to stable environments. The lack of correlation between annual growth and stream flow suggests that mussel growth may be limited by other factors in our study system.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;While some species seem to have relatively narrow ranges for growth and longevity, other species show wide variation among populations. This highlights the need for species‐ and population‐specific conservation efforts. Fundamental life history information can be integrated with other species traits to predict how freshwater taxa may respond to ecological threats.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2305574</t>
+    <t>2305574; 1942707; 1831512</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>