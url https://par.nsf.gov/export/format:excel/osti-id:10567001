--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10567001</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3695248</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Time-Sensitive Networking (TSN) for Industrial Automation: Current Advances and Future Directions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Tianyu; Wang, Gang; Xue, Chuanyu; Wang, Jiachen; Nixon, Mark; Han, Song</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Computing Surveys</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 38</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0360-0300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;With the introduction of Cyber-Physical Systems (CPS) and Internet of Things (IoT) technologies, the automation industry is undergoing significant changes, particularly in improving production efficiency and reducing maintenance costs. Industrial automation applications often need to transmit time- and safety-critical data to closely monitor and control industrial processes. Several Ethernet-based fieldbus solutions, such as PROFINET IRT, EtherNet/IP, and EtherCAT, are widely used to ensure real-time communications in industrial automation systems. These solutions, however, commonly incorporate additional mechanisms to provide latency guarantees, making their interoperability a grand challenge. The IEEE 802.1 Time-Sensitive Networking (TSN) task group was formed to enhance and optimize IEEE 802.1 network standards, particularly for Ethernet-based networks. These solutions can be evolved and adapted for cross-industry scenarios, such as large-scale distributed industrial plants requiring multiple industrial entities to work collaboratively. This paper provides a comprehensive review of current advances in TSN standards for industrial automation. It presents the state-of-the-art IEEE TSN standards and discusses the opportunities and challenges of integrating TSN into the automation industry. Some promising research directions are also highlighted for applying TSN technologies to industrial automation applications.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1932480</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>