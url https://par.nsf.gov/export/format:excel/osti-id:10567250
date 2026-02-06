--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10567250</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/BAMS-D-24-0044.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>National Weather Service (NWS) Forecasters’ Perceptions of AI/ML and Its Use in Operational Forecasting</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wirz, Christopher D; Demuth, Julie L; Cains, Mariana G; White, Miranda; Radford, Jacob; Bostrom, Ann</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>E2194 to E2215</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0003-0007</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Artificial intelligence and machine learning (AI/ML) have attracted a great deal of attention from the atmospheric science community. The explosion of attention on AI/ML development carries implications for the operational community, prompting questions about how novel AI/ML advancements will translate from research into operations. However, the field lacks empirical evidence on how National Weather Service (NWS) forecasters, as key intended users, perceive AI/ML and its use in operational forecasting. This study addresses this crucial gap through structured interviews conducted with 29 NWS forecasters from October 2021 through July 2023 in which we explored their perceptions of AI/ML in forecasting. We found that forecasters generally prefer the term “machine learning” over “artificial intelligence” and that labeling a product as being AI/ML did not hurt perceptions of the products and made some forecasters more excited about the product. Forecasters also had a wide range of familiarity with AI/ML, and overall, they were (tentatively) open to the use of AI/ML in forecasting. We also provide examples of specific areas related to AI/ML that forecasters are excited or hopeful about and that they are concerned or worried about. One concern that was raised in several ways was that AI/ML could replace forecasters or remove them from the forecasting process. However, forecasters expressed a widespread and deep commitment to the best possible forecasts and services to uphold the agency mission using whatever tools or products that are available to assist them. Last, we note how forecasters’ perceptions evolved over the course of the study.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019758</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AMS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>