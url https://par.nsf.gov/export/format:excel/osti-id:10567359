--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10567359</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/AAAI.V38I9.28851</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Almost Envy-Free Allocations of Indivisible Goods or Chores with Entitlements</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Springer, Max; Hajiaghayi, MohammadTaghi; Yami, Hadi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9901 to 9908</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We here address the problem of fairly allocating indivisible goods or chores to n agents with weights that define their entitlement to the set of indivisible resources. Stemming from well-studied fairness concepts such as envy-freeness up to one good (EF1) and envy-freeness up to any good (EFX) for agents with equal entitlements, we present, in this study, the first set of impossibility results alongside algorithmic guarantees for fairness among agents with unequal entitlements.Within this paper, we expand the concept of envy-freeness up to any good or chore to the weighted context (WEFX and XWEF respectively), demonstrating that these allocations are not guaranteed to exist for two or three agents. Despite these negative results, we develop a WEFX procedure for two agents with integer weights, and furthermore, we devise an approximate WEFX procedure for two agents with normalized weights. We further present a polynomial-time algorithm that guarantees a weighted envy-free allocation up to one chore (1WEF) for any number of agents with additive cost functions. Our work underscores the heightened complexity of the weighted fair division problem when compared to its unweighted counterpart.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2347322; 2218678; 2114269</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>