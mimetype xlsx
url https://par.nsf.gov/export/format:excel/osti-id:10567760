--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-01-23T05:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We conduct 3D magnetohydrodynamic simulations of decaying turbulence in the context of the solar wind. To account for the spherical expansion of the solar wind, we implement the expanding box model. The initial turbulence comprises uncorrelated counterpropagating Alfvén waves and exhibits an isotropic power spectrum. Our findings reveal the consistent generation of negative residual energy whenever nonlinear interactions are present, independent of the normalized cross helicity&lt;italic&gt;σ&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;c&lt;/italic&gt;&lt;/sub&gt;and compressibility. The spherical expansion facilitates this process. The resulting residual energy is primarily distributed in the perpendicular direction, with&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/bold&gt;) − &lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;u&lt;/italic&gt;&lt;/bold&gt;) ∝ &lt;italic&gt;l&lt;/italic&gt;&lt;sub&gt;⊥&lt;/sub&gt;or equivalently&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;r&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;∝&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;k&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊥&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;. Here&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/bold&gt;) and&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;u&lt;/italic&gt;&lt;/bold&gt;) are second-order structure functions of magnetic field and velocity respectively. In most runs,&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/bold&gt;) develops a scaling relation&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;S&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi mathvariant='bold-italic'&gt;b&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;∝&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;l&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊥&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;(&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;b&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;∝&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mi&gt;k&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊥&lt;/mo&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;). In contrast,&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;u&lt;/italic&gt;&lt;/bold&gt;) is consistently shallower than&lt;italic&gt;S&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;(&lt;bold&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/bold&gt;), which aligns with in situ observations of the solar wind. We observe that the higher-order statistics of the turbulence, which act as a proxy for intermittency, depend on the initial&lt;italic&gt;σ&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;c&lt;/italic&gt;&lt;/sub&gt;and are strongly affected by the expansion effect. Generally, the intermittency is more pronounced when the expansion effect is present. Finally, we find that in our simulations, although the negative residual energy and intermittency grow simultaneously as the turbulence evolves, the causal relation between them seems to be weak, possibly because they are generated on different scales.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2229566</t>
+    <t>2229566; 2548299</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Article No. 152</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>