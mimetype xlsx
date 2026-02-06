--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>37</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10567776</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.26008/1912/69370</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Greenland Deep Western Boundary Current (GDWBC) Mooring Data 2020-2022 [Data set]</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Houk, Adam; Bower, Amy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Greenland Deep Western Boundary Current (GDWBC) mooring array is part of the Overturning in the Subpolar North Atlantic Project (OSNAP). The mooring array consists of four moorings instrumented with SeaBird 37 MicroCATs and Nortek Aquadopp Current Meters with the goal of 1) better defining the range of DWBC transport variability up to interannual time scales from continuous multi-year time series of velocity, temperature, and salinity, 2) identifying the causes of DWBC transport and water mass variability on multiple time scales, including connections to the dense overflows upstream, and 3) assessing DWBC continuity and connectivity around Cape Farewell and to the western boundary of the Subpolar North Atlantic. These moorings were deployed August 2020 to July 2022.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1948505</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Woods Hole Oceanographic Institution</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>Woods Hole Oceanographic Institution</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>