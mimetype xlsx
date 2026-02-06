--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>37</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10567783</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.21203/rs.3.rs-3232952/v1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The decreasing transport of the Deep Western Boundary Current in the subpolar Atlantic</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Koman, Gregory; Bower, Amy; Holliday, N Penny; Furey, Heather; Fu, Yao; Biló, Tiago</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The Deep Western Boundary Current (DWBC) – the primary component of the lower limb of the Atlantic Meridional Overturning Circulation – flows along the eastern flank of Greenland from a combination of Denmark Strait Overflow Water and Iceland Scotland Overflow Water. The Overturning in the Subpolar North Atlantic Program (OSNAP) has continuously measured the DWBC since 2014 using current meters, temperature/salinity sensors, and acoustic doppler current profilers. This mooring array located near Cape Farewell also incorporates data from the Ocean Observatories Initiative’s Global Irminger Sea Array to create the longest continuous observations of the DWBC closest to where Iceland Scotland Overflow Water and Denmark Strait Overflow water first merge. This study reveals that the DWBC has decreased by 26% over the first six years of OSNAP observations primarily due to a thinning of the traditionally defined DWBC layer (σθ &gt; 27.8 kg m-3) due to a known freshening signal moving through the subpolar region. Despite this decrease, the Atlantic Meridional Overturning Circulation as calculated by OSNAP has remained relatively steady over the same period. Ultimately, the reason for this difference is due to the methods used to define these two circulations. Finding such notably different trends for two seemingly dependent circulations raises the question of how to best define these transports.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1948505</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Research Square</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>Research Square</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>