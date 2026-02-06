--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10568100</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.12729802</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multimodal Learning Analytics for Predicting Student Collaboration Satisfaction in Collaborative Game-Based Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Acosta, Halim; Lee, Seung; Mott, Bradford; Bae, Haesol; Glazewski, Krista; Hmelo-Silver, Cindy; Lester, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Benjamin, Paaßen; Carrie, Demmans Epp</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Collaborative game-based learning offers opportunities for students to participate in small group learning experiences that foster knowledge sharing, problem solving, and engagement. Student satisfaction with their collaborative experiences plays a pivotal role in shaping positive learning outcomes and is a critical factor in group success during learning. Gauging students申f satisfaction within collaborative learning contexts can offer insights into student engagement and participation levels while affording practitioners the ability to provide targeted interventions or scaffolding. In this paper,we propose a framework for inferring student collaboration satisfaction with multimodal learning analytics from collaborative interactions. Utilizing multimodal data collected from 50 middle school students engaged in collaborative game-based learning, we predict student collaboration satisfaction. We first evaluate the performance of baseline models on individual modalities for insight into which modalities are most informative. We then devise a multimodal deep learning model that leverages a cross-attention mechanism to attend to salient information across modalities to enhance collaboration satisfaction prediction. Finally,we conduct ablation and feature importance analysis to understand which combination of modalities and features is most effective. Findings indicate that various combinations of data sources are highly beneficial for student collaboration satisfaction prediction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1840120; 1839966</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Educational Data Mining Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>