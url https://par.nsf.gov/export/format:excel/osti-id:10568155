--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -128,51 +128,51 @@
   <si>
     <t>2024-12-06T05:00:00Z</t>
   </si>
   <si>
     <t>PLOS ONE</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>e0314103</t>
   </si>
   <si>
     <t>1932-6203</t>
   </si>
   <si>
     <t>&lt;p&gt;Environmental and climatic factors, as well as host demographics and behaviour, significantly influence the exposure of herbivorous mammalian hosts to pathogens such as&lt;italic&gt;Bacillus anthracis&lt;/italic&gt;, the causative agent of anthrax. Until the early 1990s in Kruger National Park (KNP), kudu (&lt;italic&gt;Tragelaphus strepsiceros&lt;/italic&gt;) was the host species most affected by anthrax, with outbreaks occurring predominantly in the dry season, particularly during drought cycles. However, the most affected host species has shifted to impala (&lt;italic&gt;Aepyceros melampus&lt;/italic&gt;), with more frequent anthrax outbreaks during the wet season. This study investigates the roles of environmental variation and other host species in this shift. Temporal trends in environmental variables such as precipitation, soil moisture, temperature, and normalised difference vegetation index (NDVI) were analyzed in relation to anthrax occurrence (presence/ absence and counts). Additionally, correlations between host species’ densities and anthrax mortalities over time were examined. Anthrax cases in 1990 were concentrated in the central and northern regions of KNP(excluding Pafuri), primarily affected kudus; while subsequent mortalities affected mostly impala and were restricted to the far north, in Pafuri. Significant correlations were found between kudu anthrax mortality and a decrease in NDVI, average temperature, SPI-6 and SPI-12 (Standardised Precipitation Index in various time intervals. Conversely, anthrax occurrence in impalas was associated with a decline in SPI-3, and temperature rise, with increased mortality during the rainy season. Elephant density correlated negatively with kudu mortality, but a positive correlation with both impala mortality and impala density. The study concludes that environmental variables and species’ densities may alter the diversity and frequency of hosts exposed to&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;. Climate extremes and alterations therein may exacerbate anthrax severity by modifying species susceptibility and their probability of exposure over time.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2106221</t>
+    <t>2106221; 1922560</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>