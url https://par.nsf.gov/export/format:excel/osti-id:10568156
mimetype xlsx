--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -128,51 +128,51 @@
   <si>
     <t>2024-11-21T05:00:00Z</t>
   </si>
   <si>
     <t>PLOS Neglected Tropical Diseases</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>e0012122</t>
   </si>
   <si>
     <t>1935-2735</t>
   </si>
   <si>
     <t>&lt;p&gt;The diagnosis of anthrax, a zoonotic disease caused by&lt;italic&gt;Bacillus anthracis&lt;/italic&gt;can be complicated by detection of closely related species. Conventional diagnosis of anthrax involves microscopy, culture identification of bacterial colonies and molecular detection. Genetic markers used are often virulence gene targets such as&lt;italic&gt;B. anthracis&lt;/italic&gt;protective antigen (&lt;italic&gt;pagA&lt;/italic&gt;, also called BAPA, occurring on plasmid pXO1), lethal factor (&lt;italic&gt;lef&lt;/italic&gt;, on pXO1), capsule-encoding&lt;italic&gt;capB/C&lt;/italic&gt;(located on pXO2) as well as chromosomal Ba-1. Combinations of genetic markers using real-time/quantitative polymerase chain reaction (qPCR) are used to confirm&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;from culture but can also be used directly on diagnostic samples to avoid propagation and its associated biorisks and for faster identification. We investigated how the presence of closely related species could complicate anthrax diagnoses with and without culture to standardise the use of genetic markers using qPCR for accurate anthrax diagnosis. Using blood smears from 2012–2020 from wildlife mortalities (n = 1708) in Kruger National Park in South Africa where anthrax is endemic, we contrasted anthrax diagnostic results based on qPCR, microscopy, and culture. From smears, 113/1708 grew bacteria in culture, from which 506 isolates were obtained. Of these isolates, only 24.7% (125 isolates) were positive for&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;based on genetic markers or microscopy. However, among these, merely 4/125 (3.2%) were confirmed&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;isolates (based on morphology, microscopy, and sensitivity testing to penicillin and gamma-phage) from the blood smear, likely due to poor survival of spores on stored smears. This study identified&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;cereus sensu lato&lt;/italic&gt;, which included&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;cereus&lt;/italic&gt;and&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;,&lt;italic&gt;Peribacillus&lt;/italic&gt;spp., and&lt;italic&gt;Priestia&lt;/italic&gt;spp. clusters using&lt;italic&gt;gyrB&lt;/italic&gt;gene in selected bacterial isolates positive for&lt;italic&gt;pagA&lt;/italic&gt;region using BAPA probe. Using qPCR on blood smears, 52.1% (890 samples) tested positive for&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;based on one or a combination of genetic markers which included the 25 positive controls. Notably, the standard&lt;italic&gt;lef&lt;/italic&gt;primer set displayed the lowest specificity and accuracy. The Ba-1+BAPA+&lt;italic&gt;lef&lt;/italic&gt;combination showed 100% specificity, sensitivity, and accuracy. Various marker combinations, such as Ba-1+&lt;italic&gt;capB&lt;/italic&gt;, BAPA+&lt;italic&gt;capB&lt;/italic&gt;, Ba-1+BAPA+&lt;italic&gt;capB&lt;/italic&gt;+&lt;italic&gt;lef&lt;/italic&gt;, and BAPA+&lt;italic&gt;lef&lt;/italic&gt;+&lt;italic&gt;capB&lt;/italic&gt;, all demonstrated 100.0% specificity and 98.7% accuracy, while maintaining a sensitivity of 96.6%. Using Ba-1+BAPA+&lt;italic&gt;lef&lt;/italic&gt;+&lt;italic&gt;capB&lt;/italic&gt;, as well as Ba-1+BAPA+&lt;italic&gt;lef&lt;/italic&gt;with molecular diagnosis accurately detects&lt;italic&gt;B&lt;/italic&gt;.&lt;italic&gt;anthracis&lt;/italic&gt;in the absence of bacterial culture. Systematically combining microscopy and molecular markers holds promise for notably reducing false positives. This significantly enhances the detection and surveillance of diseases like anthrax in southern Africa and beyond and reduces the need for propagation of the bacteria in culture.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2106221</t>
+    <t>2106221; 1922560</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>