--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10568172</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1094/MPMI-04-24-0035-R</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Phylodynamic Insights into Global Emergence and Diversification of the Tomato Pathogen &lt;i&gt;Xanthomonas hortorum&lt;/i&gt; pv. &lt;i&gt;gardneri&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jibrin, Mustafa O; Sharma, Anuj; Mavian, Carla N; Timilsina, Sujan; Kaur, Amandeep; Iruegas-Bocardo, Fernanda; Potnis, Neha; Minsavage, Gerald V; Coutinho, Teresa A; Creswell, Tom C; Egel, Daniel S; Francis, David M; Kebede, Misrak; Miller, Sally A; Montelongo, María J; Nikolaeva, Ekaterina; Pianzzola, María J; Pruvost, Olivier; Quezado-Duval, Alice M; Ruhl, Gail E; Shutt, Vou M; Maynard, Elizabeth; Maeso, Diego C; Siri, María I; Trueman, Cheryl L; Salemi, Marco; Vallad, Gary E; Roberts, Pamela D; Jones, Jeffrey B; Goss, Erica M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Molecular Plant-Microbe Interactions®</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>712 to 720</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0894-0282</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The emergence of plant pathogens is often associated with waves of unique evolutionary and epidemiological events. Xanthomonas hortorum pv. gardneri is one of the major pathogens causing bacterial spot disease of tomatoes. After its first report in the 1950s, there were no formal reports on this pathogen until the 1990s, despite active global research on the pathogens that cause tomato and pepper bacterial spot disease. Given the recently documented global distribution of X. hortorum pv. gardneri, our objective was to examine genomic diversification associated with its emergence. We sequenced the genomes of X. hortorum pv. gardneri strains collected in eight countries to examine global population structure and pathways of emergence using phylodynamic analysis. We found that strains isolated post-1990 group by region of collection and show minimal impact of recombination on genetic variation. A period of rapid geographic expansion in X. hortorum pv. gardneri is associated with acquisition of a large plasmid conferring copper tolerance by horizontal transfer and coincides with the burgeoning hybrid tomato seed industry through the 1980s. The ancestry of X. hortorum pv. gardneri is consistent with introduction to hybrid tomato seed production and dissemination during the rapid increase in trade of hybrid seeds.&lt;/p&gt; &lt;p&gt;[Formula: see text] Copyright © 2024 The Author(s). This is an open access article distributed under the CC BY-NC-ND 4.0 International license .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942956</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>APS Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>