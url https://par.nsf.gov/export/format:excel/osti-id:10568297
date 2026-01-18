--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -107,51 +107,51 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10568297</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Decentralized Sporadic Federated Learning: A Unified Algorithmic Framework with Convergence Guarantees</t>
   </si>
   <si>
     <t>Zehtabi, Shahryar; Han, Dong-Jun; Parasnis, Rohit; Hosseinalipour, Seyyedali; Brinton, Christopher G</t>
   </si>
   <si>
     <t>2025-01-27T05:00:00Z</t>
   </si>
   <si>
     <t>1-71</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2146171</t>
+    <t>2146171; 2313109</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Conference on Neural Information Processing Systems (NeurIPS)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>