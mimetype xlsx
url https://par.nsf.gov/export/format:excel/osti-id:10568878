--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,84 +95,81 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10568878</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/2053951720906849</t>
   </si>
   <si>
     <t>Prospecting (in) the data sciences</t>
   </si>
   <si>
-    <t>Slota, Stephen_C [School of Information, University of Texas at Austin, USA] (ORCID:0000000165268030); Hoffman, Andrew_S [Department of Human Centered Design and Engineering, University of Washington, Seattle, USA] (ORCID:0000000161374047); Ribes, David [Department of Human Centered Design and Engineering, University of Washington, Seattle, USA]; Bowker, Geoffrey_C [Department of Informatics, Donald Bren School of Information and Computer Science, University of California, Irvine, Irvine, USA]</t>
+    <t>Slota, Stephen_C (ORCID:0000000165268030); Hoffman, Andrew_S (ORCID:0000000161374047); Ribes, David; Bowker, Geoffrey_C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-02-18T05:00:00Z</t>
   </si>
   <si>
     <t>Big Data &amp; Society</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2053-9517</t>
   </si>
   <si>
-    <t>Not Available</t>
+    <t>&lt;p&gt;Data science is characterized by engaging heterogeneous data to tackle real world questions and problems. But data science has no data of its own and must seek it within real world domains. We call this search for data “prospecting” and argue that the dynamics of prospecting are pervasive in, even characteristic of, data science. Prospecting aims to render the data, knowledge, expertise, and practices of worldly domains available and tractable to data science method and epistemology. Prospecting precedes data synthesis, analysis, or visualization, and is constituted by the upstream work of discovering disordered or inaccessible data resources, thereafter to be ordered and rendered available for computation. Through this work, data science positions itself in the middle of all things—capable of engaging this, that, or any domain—and thus prospecting is a key driver of data science’s ongoing formation as a universal(izing) science.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1638903; 1638932</t>
   </si>
   <si>
     <t>2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>Article No. 205395172090684</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -326,58 +323,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>