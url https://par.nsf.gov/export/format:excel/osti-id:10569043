--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10569043</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5334/cstp.752</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Human Supervision is Key to Achieving Accurate AI-assisted Wildlife Identifications in Camera Trap Images</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Huebner, Sarah E; Palmer, Meredith S; Packer, Craig</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Fortson, Lucy; Crowston, Kevin; Kloetzer, Laure; Ponti, Marisa</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Citizen Science: Theory and Practice</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2057-4991</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Using public support to extract information from vast datasets has become a popular method for accurately labeling wildlife data in camera trap (CT) images. However, the increasing demand for volunteer effort lengthens the time interval between data collection and our ability to draw ecological inferences or perform data-driven conservation actions. Artificial intelligence (AI) approaches are currently highly effective for species detection (i.e., whether an image contains animals or not) and labeling common species; however, it performs poorly on species rarely captured in images and those that are highly visually similar to one another. To capitalize on the best of human and AI classifying methods, we developed an integrated CT data pipeline in which AI provides an initial pass on labeling images, but is supervised and validated by humans (i.e., a “human-in-the-loop” approach). To assess classification accuracy gains, we compare the precision of species labels produced by AI and HITL protocols to a “gold standard” (GS) dataset annotated by wildlife experts. The accuracy of the AI method was species-dependent and positively correlated with the number of training images. The combined efforts of HITL led to error rates of less than 10% for 73% of the dataset and lowered the error rates for an additional 23%. For two visually similar species, human input resulted in higher error rates than AI. While integrating humans in the loop increases classification times relative to AI alone, the gains in accuracy suggest that this method is highly valuable for high-volume CT surveys.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2006894</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Ubiquity Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>