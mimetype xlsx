--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10569146</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad8dcc</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Absolute Dimensions of the Interferometric Binary HD 174881: A Test of Stellar Evolution Models for Evolved Stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Torres, Guillermo; Boden, Andrew F; Monnier, John D; van_Belle, Gerard T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>977</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We report high-resolution spectroscopic monitoring and long-baseline interferometric observations with the Palomar Testbed Interferometer (PTI) of the 215 day binary system HD 174881 (K1 II-III), composed of two giant stars. The system is spatially resolved with the PTI, as well as in archival measurements with the CHARA Array. Our analysis of these observations, along with an analysis of the spectral energy distribution, have allowed us to infer accurate values for the absolute masses (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.367&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.041&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.045&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;and&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.476&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.043&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.043&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.25em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;☉&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;), radii (34.0 ± 1.3 and 22.7 ± 1.8&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;☉&lt;/sub&gt;), effective temperatures (4620 ± 100 and 4880 ± 150 K), and bolometric luminosities of both components, as well as other properties including the orbital parallax (distance). These provide valuable tests of stellar evolution models for evolved stars, which are still relatively uncommon compared to the situation for main-sequence stars. We find generally good agreement of all of these properties of HD 174881 with two sets of recent models (MIST and PARSEC) at compositions near solar, for ages of 255–273 Myr. We also find evidence of an infrared excess, based largely on the flux measurements from IRAS at 60 and 100&lt;italic&gt;μ&lt;/italic&gt;m.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034336; 2407956</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>