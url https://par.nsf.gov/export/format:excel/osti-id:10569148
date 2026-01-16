--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -119,51 +119,51 @@
   <si>
     <t>Elliott, Ashley; Boyajian, Tabetha; Ellis, Tyler; von_Braun, Kaspar; Mann, Andrew W; Schaefer, Gail</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Publications of the Astronomical Society of Australia</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>1323-3580</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;In order to study exoplanets, a comprehensive characterisation of the fundamental properties of the host stars – such as angular diameter, temperature, luminosity, and age, is essential, as the formation and evolution of exoplanets are directly influenced by the host stars at various points in time. In this paper, we present interferometric observations taken of directly imaged planet host 51 Eridani at the CHARA Array. We measure the limb-darkened angular diameter of 51 Eridani to be&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\theta_\mathrm{LD} = 0.450\pm 0.006$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;mas and combining with the Gaia zero-point corrected parallax, we get a stellar radius of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline2.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$1.45 \pm 0.02$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;R&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline3.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$_{\odot}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. We use the PARSEC isochrones to estimate an age of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline4.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$23.2^{+1.7}_{-2.0}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;Myr and a mass of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline5.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$1.550^{+0.006}_{-0.005}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;M&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline6.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$_{\odot}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. The age and mass agree well with values in the literature, determined through a variety of methods ranging from dynamical age trace-backs to lithium depletion boundary methods. We derive a mass of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline7.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$4.1\pm0.4$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;M&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000407_inline8.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$_\mathrm{Jup}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;for 51 Eri b using the Sonora Bobcat models, which further supports the possibility of 51 Eri b forming under either the hot-start formation model or the warm-start formation model.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2034336</t>
+    <t>2034336; 2205914</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Cambridge University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>