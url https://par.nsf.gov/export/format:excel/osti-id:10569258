--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10569258</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/ecy.4366</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Remotely sensed crown nutrient concentrations modulate forest reproduction across the contiguous &lt;scp&gt;United States&lt;/scp&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qiu, Tong; Clark, James S; Kovach, Kyle R; Townsend, Philip A; Swenson, Jennifer J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0012-9658</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Global forests are increasingly lost to climate change, disturbance, and human management. Evaluating forests' capacities to regenerate and colonize new habitats has to start with the seed production of individual trees and how it depends on nutrient access. Studies on the linkage between reproduction and foliar nutrients are limited to a few locations and few species, due to the large investment needed for field measurements on both variables. We synthesized tree fecundity estimates from the Masting Inference and Forecasting (MASTIF) network with foliar nutrient concentrations from hyperspectral remote sensing at the National Ecological Observatory Network (NEON) across the contiguous United States. We evaluated the relationships between seed production and foliar nutrients for 56,544 tree‐years from 26 species at individual and community scales. We found a prevalent association between high foliar phosphorous (P) concentration and low individual seed production (ISP) across the continent. Within‐species coefficients to nitrogen (N), potassium (K), calcium (Ca), and magnesium (Mg) are related to species differences in nutrient demand, with distinct biogeographic patterns. Community seed production (CSP) decreased four orders of magnitude from the lowest to the highest foliar P. This first continental‐scale study sheds light on the relationship between seed production and foliar nutrients, highlighting the potential of using combined Light Detection And Ranging (LiDAR) and hyperspectral remote sensing to evaluate forest regeneration. The fact that both ISP and CSP decline in the presence of high foliar P levels has immediate application in improving forest demographic and regeneration models by providing more realistic nutrient effects at multiple scales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1638720; 2021898; 2211764</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>