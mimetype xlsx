--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10569374</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad36cb</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Differencing and Coadding JWST Images with Matched Point-spread Function</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hu, Lei; Wang, Lifan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>231</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present an algorithm to derive difference images for data taken with JWST with matched point-spread functions (PSFs). It is based on the saccadic fast Fourier transform method but with revisions to accommodate the rotations and spatial variations of the PSFs. It allows for spatially varying kernels in B-spline form with separately controlled photometric scaling and Tikhonov kernel regularization for harnessing the ultimate fitting flexibility. We present this method using the JWST/NIRCam images of galaxy cluster Abell 2744 acquired in JWST Cycle 1 as the test data. The algorithm can be useful for time-domain source detection and differential photometry with JWST. It can also coadd images of multiple exposures taken at different field orientations. The coadded images preserve the sharpness of the central cores of the PSFs, and the positions and shapes of the objects are matched precisely with B-splines across the field.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1817099</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>