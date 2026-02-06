--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10569457</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SemCoder: Training Code Language Models with Comprehensive Semantics Reasoning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ding, Yangruibo; Peng, Jinjun; Min, Marcus J; Kaiser, Gail; Yang, Junfeng; Ray, Baishakhi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Code Large Language Models (Code LLMs) have excelled at tasks like code completion but often miss deeper semantics such as execution effects and dynamic states. This paper aims to bridge the gap between Code LLMs' reliance on static text data and the need for semantic understanding for complex tasks like debugging and program repair. We introduce a novel strategy, monologue reasoning, to train Code LLMs to reason comprehensive semantics, encompassing high-level functional descriptions, local execution effects of individual statements, and overall input/output behavior, thereby linking static code text with dynamic execution states. We begin by collecting PyX, a clean Python corpus of fully executable code samples with functional descriptions and test cases. We propose training Code LLMs not only to write code but also to understand code semantics by reasoning about key properties, constraints, and execution behaviors using natural language, mimicking human verbal debugging, i.e., rubber-duck debugging. This approach led to the development of SemCoder, a Code LLM with only 6.7B parameters, which shows competitive performance with GPT-3.5-turbo on code generation and execution reasoning tasks. SemCoder achieves 79.3% on HumanEval (GPT-3.5-turbo: 76.8%), 63.6% on CRUXEval-I (GPT-3.5-turbo: 50.3%), and 63.9% on CRUXEval-O (GPT-3.5-turbo: 59.0%). We also study the effectiveness of SemCoder's monologue-style execution reasoning compared to concrete scratchpad reasoning, showing that our approach integrates semantics from multiple dimensions more smoothly. Finally, we demonstrate the potential of applying learned semantics to improve Code LLMs' debugging and self-refining capabilities. Our data, code, and models are available at: https://github.com/ARiSE-Lab/SemCoder.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2247370; 2313055</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>OpenReview.net</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Vancouver, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>