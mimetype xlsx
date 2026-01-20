--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1038/s41564-024-01910-8</t>
   </si>
   <si>
     <t>Streptomyces secretes a siderophore that sensitizes competitor bacteria to phage infection</t>
   </si>
   <si>
     <t>Zang, Zhiyu; Zhang, Chengqian; Park, Kyoung Jin; Schwartz, Daniel A; Podicheti, Ram; Lennon, Jay T; Gerdt, Joseph P</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-08T05:00:00Z</t>
   </si>
   <si>
     <t>Nature Microbiology</t>
   </si>
   <si>
     <t>2058-5276</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1934554; 2022049</t>
+    <t>1934554; 2022049; 2143636</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>