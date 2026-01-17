--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10570062</t>
-[...8 lines deleted...]
-    <t>Grosso, G</t>
+    <t>10258415</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fenvs.2021.684716</t>
+  </si>
+  <si>
+    <t>Application of Topological Data Analysis to Multi-Resolution Matching of Aerosol Optical Depth Maps</t>
+  </si>
+  <si>
+    <t>Ofori-Boateng, Dorcas; Lee, Huikyo; Gorski, Krzysztof M.; Garay, Michael J.; Gel, Yulia R.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-12-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;title&gt;A&lt;sc&gt;bstract&lt;/sc&gt;&lt;/title&gt; &lt;p&gt;Signal-agnostic data exploration based on machine learning could unveil very subtle statistical deviations of collider data from the expected Standard Model of particle physics. The beneficial impact of a large training sample on machine learning solutions motivates the exploration of increasingly large and inclusive samples of acquired data with resource efficient computational methods. In this work we consider the New Physics Learning Machine (NPLM), a multivariate goodness-of-fit test built on the Neyman-Pearson maximum-likelihood-ratio construction, and we address the problem of testing large size samples under computational and storage resource constraints. We propose to perform parallel NPLM routines over batches of the data, and to combine them by locally aggregating over the data-to-reference density ratios learnt by each batch. The resulting data hypothesis defining the likelihood-ratio test is thus shared over the batches, and complies with the assumption that the expected rate of new physical processes is time invariant. We show that this method outperforms the simple sum of the independent tests run over the batches, and can recover, or even surpass, the sensitivity of the single test run over the full data. Beside the significant advantage for the offline application of NPLM to large size samples, the proposed approach offers new prospects toward the use of NPLM to construct anomaly-aware summary statistics in quasi-online data streaming scenarios.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-06-23T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in Environmental Science</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2296-665X</t>
+  </si>
+  <si>
+    <t>Topological data analysis (TDA) combines concepts from algebraic topology, machine learning, statistics, and data science which allow us to study data in terms of their latent shape properties. Despite the use of TDA in a broad range of applications, from neuroscience to power systems to finance, the utility of TDA in Earth science applications is yet untapped. The current study aims to offer a new approach for analyzing multi-resolution Earth science datasets using the concept of data shape and associated intrinsic topological data characteristics. In particular, we develop a new topological approach to quantitatively compare two maps of geophysical variables at different spatial resolutions. We illustrate the proposed methodology by applying TDA to aerosol optical depth (AOD) datasets from the Goddard Earth Observing System, Version 5 (GEOS-5) model over the Middle East. Our results show that, contrary to the existing approaches, TDA allows for systematic and reliable comparison of spatial patterns from different observational and model datasets without regridding the datasets into common grids.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2019786</t>
+    <t>1925346</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Springer Nature Link}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,93 +285,89 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>40</v>
       </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>