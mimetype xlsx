--- v0 (2025-11-01)
+++ v1 (2025-11-03)
@@ -86,99 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10366423</t>
-[...8 lines deleted...]
-    <t>Wei, Ran [Center for Geospatial Sciences School of Public Policy University of California Riverside CA 92521 USA]; Rey, Sergio [Center for Geospatial Sciences School of Public Policy University of California Riverside CA 92521 USA] (ORCID:0000000158579762); Grubesic, Tony H. [Geoinformatics &amp;amp, Policy Analytics Laboratory School of Information University of Texas at Austin Austin TX USA]</t>
+    <t>10570513</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1039/D4CP02640C</t>
+  </si>
+  <si>
+    <t>Reinvestigation of the &lt;i&gt;ν&lt;/i&gt; &lt;sub&gt;3&lt;/sub&gt; – &lt;i&gt;ν&lt;/i&gt; &lt;sub&gt;6&lt;/sub&gt; Coriolis interaction in trifluoroiodomethane</t>
+  </si>
+  <si>
+    <t>Bhujel, Arun; Akter, Salma; Ali, Muhammad Qasim; Park, G Barratt</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-03-04T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;Spatial data regularly suffer from error and uncertainty, ranging from poorly georeferenced coordinate pairs to sampling error associated with American Community Survey data. Geographic information systems can amplify and propagate error and uncertainty through the abstraction and representation of spatial data, as can the manipulation, processing, and analysis of spatial data using exploratory and confirmatory statistical techniques. The purpose of this article is to explore and address uncertainty in regionalization, a fundamental spatial analytical method that aggregates spatial units (e.g., tracts) into a set of contiguous regions for strategic purposes, including school districting, habitat areas, and the like. Specifically, we develop a new regionalization method, the&lt;italic&gt;uncertain‐max‐p‐regions&lt;/italic&gt;problem that explicitly incorporates attribute uncertainty and allows its impacts to be evaluated with a degree of statistical certainty. We also detail an efficient solution approach for dealing the problem. The results suggest that the developed problem can out‐perform existing regionalization approaches and that the addition of a measure of statistical confidence can help to facilitate more clarity in planning and policy decisions.&lt;/p&gt;</t>
+    <t>2024-11-13T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Chemistry Chemical Physics</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>27902 to 27911</t>
+  </si>
+  <si>
+    <t>1463-9076</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;An updated fit to the interacting levels&lt;italic&gt;ν&lt;/italic&gt;&lt;sub&gt;3&lt;/sub&gt;and&lt;italic&gt;ν&lt;/italic&gt;&lt;sub&gt;6&lt;/sub&gt;of CF&lt;sub&gt;3&lt;/sub&gt;I has been evaluated in this work.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1831615</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>2340303</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>