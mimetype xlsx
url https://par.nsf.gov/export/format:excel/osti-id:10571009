--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10571009</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding the educators’ practices in makerspaces for the design of education tools</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Turakhia, D; Ludgin, D; Mueller, S; Desportes, K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Educational technology research and development</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1556-6501</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Makerspaces persist as formal and informal spaces of learning for youth, promoting continued interest in studying how design can support the variety of learning opportunities within these spaces. However, much of the current research examining learning in makerspaces neglects the perspectives of educators. This not only hinders our understanding of educators’ goals and how educators navigate makerspaces but also constrains how we frame the design space of the learning experiences and environments. To address this, we engaged in a set of semi-structured interviews to examine the contexts, goals, values, and practices of seven educators across five makerspaces. A thematic analysis of the data identified six key categories of competencies that these educators prioritize including a range of skills, practices, and knowledge, such as technical proficiency, communication, and contextual reflection. The analysis also identified five categories of strategies to accomplish certain goals, such as scaffolding, collaboration, and relationship building. Last, it also shed light on three categories of challenges faced at the student-level, teacher-level, and institutional level. We conclude with a discussion on our insights into how we can broaden the problem space in the design of educational technologies to support learning in makerspaces.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>