--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10571578</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac0fe3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rotation Periods of TESS Objects of Interest from the Magellan-TESS Survey with Multiband Photometry from Evryscope and TESS</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Howard, Ward S; Teske, Johanna; Corbett, Hank; Law, Nicholas M; Wang, Sharon Xuesong; Ratzloff, Jeffrey K; Galliher, Nathan W; Gonzalez, Ramses; Soto, Alan Vasquez; Glazier, Amy L; Haislip, Joshua</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Stellar radial-velocity (RV) jitter due to surface activity may bias the RV semiamplitude and mass of rocky planets. The amplitude of the jitter may be estimated from the uncertainty in the rotation period, allowing the mass to be more accurately obtained. We find candidate rotation periods for 17 out of 35 TESS Objects of Interest (TOI) hosting &lt;3&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;planets as part of the Magellan-TESS survey, which is the first-ever statistically robust study of exoplanet masses and radii across the photoevaporation gap. Seven periods are ≥3&lt;italic&gt;σ&lt;/italic&gt;detections, two are ≥1.5&lt;italic&gt;σ&lt;/italic&gt;, and eight show plausible variability, but the periods remain unconfirmed. The other 18 TOIs are nondetections. Candidate rotators include the host stars of the confirmed planets L 168-9 b, the HD 21749 system, LTT 1445 A b, TOI 1062 b, and the L 98-59 system. Thirteen candidates have no counterpart in the 1000 TOI rotation catalog of Canto Martins et al. We find periods for G3–M3 dwarfs using combined light curves from TESS and the Evryscope all-sky array of small telescopes, sometimes with longer periods than would be possible with TESS alone. Secure periods range from 1.4 to 26 days with Evryscope-measured photometric amplitudes as small as 2.1 mmag in&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;g&lt;/mi&gt;&lt;mo accent='false'&gt;′&lt;/mo&gt;&lt;/math&gt;&lt;inline-graphic href='ajac0fe3ieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;. We also apply Monte Carlo sampling and a Gaussian process stellar activity model from&lt;monospace&gt;exoplanet&lt;/monospace&gt;to the TESS light curves of six TOIs to confirm the Evryscope periods.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009645</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>