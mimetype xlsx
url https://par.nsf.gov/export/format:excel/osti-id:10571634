--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10571634</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad9b9b</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>New Ultracool Companions to Nearby White Dwarfs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bravo, Alexia; Schneider, Adam C; Casewell, Sarah; Rothermich, Austin; Faherty, Jacqueline K; French, Jenni R; Bickle, Thomas P; Meisner, Aaron M; Kirkpatrick, J Davy; Kuchner, Marc J; Burgasser, Adam J; Marocco, Federico; Debes, John H; Sainio, Arttu; Gramaize, Léopold; Kiwy, Frank; Jałowiczor, Peter A; Abdullahi, Awab</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-29T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We conducted a search for new ultracool companions to nearby white dwarfs using multiple methods, including the analysis of colors and examination of images in both the optical and the infrared. Through this process, we identified 51 previously unrecognized systems with candidate ultracool companions. 31 of these systems are resolved in at least one catalog, and all but six are confirmed as comoving companions via common proper motion and consistent parallax measurements (when available). We have followed up four comoving companions with near-infrared spectroscopy and confirm their ultracool nature. The remaining twenty candidates are unresolved, but show clear signs of infrared excess which is most likely due to the presence of a cold, low-mass companion or a dusty circumstellar disk. Three of these unresolved systems have existing optical spectra that clearly show the presence of a cool stellar companion to the white dwarf primary via spectral decomposition. These new discoveries, along with our age estimates for the primary white dwarfs, will serve as valuable benchmark systems for future characterization of ultracool dwarfs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2238468</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>