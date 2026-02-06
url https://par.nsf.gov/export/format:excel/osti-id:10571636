--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10571636</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad39e4</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Informed and Systematic Method to Identify Variable Mid-L Dwarfs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Oliveros-Gomez, Natalia; Manjavacas, Elena; Bardalez_Gagliuffi, Daniella C; Karalidi, Theodora; Vos, Johanna M; Faherty, Jacqueline K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>967</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>149</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Most brown dwarfs show some level of photometric or spectral variability. However, finding the most variable dwarfs more suited for a thorough variability monitoring campaign remained a challenge until a few years ago with the design of spectral indices to find the most likely L and T dwarfs using their near-infrared (NIR) single-epoch spectrum. In this work, we designed and tested NIR spectral indices to preselect the most likely variable L4–L8 dwarfs, complementing the indices presented by Ashraf et al. and Oliveros-Gomez et al. We used time-resolved NIR Hubble Space Telescope Wide Field Camera 3 spectra of an L6.0 dwarf, LP 261–75b, to design our novel spectral indices. We tested these spectral indices on 75 L4.0–L8.0 NIR SpeX/IRTF spectra, providing 27 new variable candidates. Our indices have a recovery rate of ∼80% and a false negative rate of ∼25%. All the known nonvariable brown dwarfs were found to be nonvariable by our indices. We estimated the variability fraction of our sample to be&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;51&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;38&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;4&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;%, which agrees with the variability fractions provided by Buenzli et al., Radigan et al., and Metchev et al. for L4–L8 dwarfs. These spectral indices may support the future selection of the most likely variable directly imaged exoplanets for studies with the James Webb Space Telescope and as well as the 30 m telescopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2238468</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>