--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-22T05:00:00Z</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>0036-8075</t>
   </si>
   <si>
     <t>&lt;p&gt;Previous studies suggested that the copy number of the human salivary amylase gene,&lt;italic&gt;AMY1&lt;/italic&gt;, correlates with starch-rich diets. However, evolutionary analyses are hampered by the absence of accurate, sequence-resolved haplotype variation maps. We identified 30 structurally distinct haplotypes at nucleotide resolution among 98 present-day humans, revealing that the coding sequences of&lt;italic&gt;AMY1&lt;/italic&gt;copies are evolving under negative selection. Genomic analyses of these haplotypes in archaic hominins and ancient human genomes suggest that a common three-copy haplotype, dating as far back as 800,000 years ago, has seeded rapidly evolving rearrangements through recurrent nonallelic homologous recombination. Additionally, haplotypes with more than three&lt;italic&gt;AMY1&lt;/italic&gt;copies have significantly increased in frequency among European farmers over the past 4000 years, potentially as an adaptive response to increased starch digestion.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2049947</t>
+    <t>2049947; 2123284; 1714867</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AAAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>