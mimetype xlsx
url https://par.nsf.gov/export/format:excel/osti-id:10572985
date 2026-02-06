--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10572985</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On the Stability and Generalization of Meta-Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yunjuan; Arora, Raman</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-5258</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We focus on developing a theoretical understanding of meta-learning. Given multiple tasks drawn i.i.d. from some (unknown) task distribution, the goal is to find a good pre-trained model that can be adapted to a new, previously unseen, task with little computational and statistical overhead. We introduce a novel notion of stability for meta-learning algorithms, namely uniform meta-stability. We instantiate two uniformly meta-stable learning algorithms based on regularized empirical risk minimization and gradient descent and give explicit generalization bounds for convex learning problems with smooth losses and for weakly convex learning problems with non-smooth losses. Finally, we extend our results to stochastic and adversarially robust variants of our meta-learning algorithm.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1943251</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>38th Conference on Neural Information Processing Systems (NeurIPS 2024)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>