--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -119,51 +119,51 @@
   <si>
     <t>Tschonghongei, Nelson C; Good, Jeff</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-20T05:00:00Z</t>
   </si>
   <si>
     <t>Afrika und Übersee</t>
   </si>
   <si>
     <t>114 to 133</t>
   </si>
   <si>
     <t>0002-0427</t>
   </si>
   <si>
     <t>&lt;p&gt;This paper provides new information on patterns of consonant mutation and vowel ablaut found in the numeral systems of four language varieties of the Lower Fungom region of Cameroon. This phenomenon is of interest in the context of the comparative investigation of noun class marking in Niger-Congo languages, and a particularly noteworthy pattern found in some of the varieties are apparent cases of mutated numeral roots being analogically extended to contexts where they would not be predicted to be found on the basis of regular patterns of sound change.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1761639</t>
+    <t>1761639; 2109620</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Hamburg University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>