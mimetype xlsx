--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10573403</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.23919/WiOpt58741.2023.10349900</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Timely Processing Of Updates From Multiple Sources</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ramani, Vishakha; Seskar, Ivan; Yates, Roy D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>286 to 293</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-3-903176-55-3</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider a system where the updates from independent sources are disseminated via a  publish-subscribe mechanism. The sources are the publishers and a decision process (DP), acting as a subscriber, derives decision updates from the source data. We derive the stationary expected age of information (AoI) of decision updates delivered to a monitor. We show that a lazy computation policy in which the DP may sit idle before computing its next decision update can reduce the average AoI at the monitor even though the DP exerts no control over the generation of source updates. This AoI reduction is shown to occur because lazy computation can offset the negative effect of high variance in the computation time.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2148104</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Singapore, Singapore</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>