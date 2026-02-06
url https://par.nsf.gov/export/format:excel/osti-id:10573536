--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10573536</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pcbi.1012384</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Design and implementation of an asynchronous online course-based undergraduate research experience (CURE) in computational genomics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Plaisier, Seema B; Alarid, Danielle O; Denning, Joelle A; Brownell, Sara E; Buetow, Kenneth H; Cooper, Katelyn M; Wilson, Melissa A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Palagi, Patricia M</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS Computational Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e1012384</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1553-7358</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As genomics technologies advance, there is a growing demand for computational biologists trained for genomics analysis but instructors face significant hurdles in providing formal training in computer programming, statistics, and genomics to biology students. Fully online learners represent a significant and growing community that can contribute to meet this need, but they are frequently excluded from valuable research opportunities which mostly do not offer the flexibility they need. To address these opportunity gaps, we developed an asynchronous course-based undergraduate research experience (CURE) for computational genomics specifically for fully online biology students. We generated custom learning materials and leveraged remotely accessible computational tools to address 2 novel research questions over 2 iterations of the genomics CURE, one testing bioinformatics approaches and one mining cancer genomics data. Here, we present how the instructional team distributed analysis needed to address these questions between students over a 7.5-week CURE and provided concurrent training in biology and statistics, computer programming, and professional development. Scores from identical learning assessments administered before and after completion of each CURE showed significant learning gains across biology and coding course objectives. Open-response progress reports were submitted weekly and identified self-reported adaptive coping strategies for challenges encountered throughout the course. Progress reports identified problems that could be resolved through collaboration with instructors and peers via messaging platforms and virtual meetings. We implemented asynchronous communication using the Slack messaging platform and an asynchronous journal club where students discussed relevant publications using the Perusall social annotation platform. The online genomics CURE resulted in unanticipated positive outcomes, including students voluntarily discussing plans to continue research after the course. These outcomes underscore the effectiveness of this genomics CURE for scientific training, recruitment and student-mentor relationships, and student successes. Asynchronous genomics CUREs can contribute to a more skilled, diverse, and inclusive workforce for the advancement of biomedical science.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2044096</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>PLoS Computational Biology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>