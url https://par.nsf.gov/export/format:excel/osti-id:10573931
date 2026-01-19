--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,75 +95,84 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10573931</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/07356331251322469</t>
   </si>
   <si>
     <t>Role of Race and Gender of Pedagogical Agents in Multimedia Learning</t>
   </si>
   <si>
-    <t>Zhao, Fangzheng [University of California Santa Barbara, Goleta, CA, USA] (ORCID:0000000235759039); Mayer, Richard_E [University of California Santa Barbara, Goleta, CA, USA]; Adamo-Villani, Nicoletta [Purdue University, West Lafayette, IN, USA]; Mousas, Christos [Purdue University, West Lafayette, IN, USA] (ORCID:0000000309557959); Choi, Minsoo [Purdue University, West Lafayette, IN, USA]; Hauser, Klay [Purdue University, West Lafayette, IN, USA]</t>
+    <t>Zhao, Fangzheng (ORCID:0000000235759039); Mayer, Richard_E; Adamo-Villani, Nicoletta; Mousas, Christos (ORCID:0000000309557959); Choi, Minsoo; Hauser, Klay</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-25T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Educational Computing Research</t>
   </si>
   <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>0735-6331</t>
   </si>
   <si>
     <t>&lt;p&gt;Do students learn from video lessons presented by pedagogical agents of different racial and gender types equivalently to those delivered by a real human instructor? How do the race and gender of these agents impact students’ learning experiences and outcomes? In this between-subject design study, college students were randomly assigned to view a six 9-minute video lesson on chemical bonds, presented by pedagogical agents varying in gender (male, female) and race (Asian, Black, White), or to view the original lesson with a real human instructor. In comparing learning with a human instructor versus with a pedagogical agent of various races and genres, ANOVAs revealed no significant differences in learning outcomes (retention and transfer scores) or learner emotions, but students reported a stronger social connection with the human instructor over pedagogical agents. Students reported stronger positive emotions and social connections with female agents over male agents. Additionally, there was limited evidence of a race-matching effect, with White students showing greater positive emotion while learning with pedagogical agents of the same race. These findings highlight the limitations of pedagogical agents compared to human instructors in video lessons, while partially reflecting gender stereotypes and intergroup bias in instructor evaluations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2201019</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 801-840</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -290,81 +299,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>