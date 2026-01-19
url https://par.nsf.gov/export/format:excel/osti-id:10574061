--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -114,63 +114,60 @@
     <t>https://doi.org/10.1101/2024.12.02.626474</t>
   </si>
   <si>
     <t>Molecular evolution of a reproductive barrier in maize and related species</t>
   </si>
   <si>
     <t>Cryan, Elli; Phinney, Garnet; Seetharam, Arun S; Evans, Matthew MS; Kellogg, Elizabeth A; Zhan, Junpeng; Meyers, Blake C; Kliebenstein, Daniel J; Ross-Ibarra, Jeffrey</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-03T05:00:00Z</t>
   </si>
   <si>
     <t>Three cross-incompatibility loci each control a distinct reproductive barrier in both domesticated maize (Zea mays ssp. mays) and its wild teosinte relatives. These three loci, Teosinte crossing barrier1 (Tcb1), Gametophytic factor1 (Ga1), and Ga2, each play a key role in preventing hybridization between incompatible populations and are proposed to maintain the barrier between domesticated and wild subspecies. Each locus encodes both a silk-active and a matching pollen-active pectin methylesterase (PMEs).
 To investigate the diversity and molecular evolution of these gametophytic factor loci, we identified existing and improved models of the responsible genes in a new genome assembly of maize line P8860 that contains active versions of all three loci. We then examined fifty-two assembled genomes from seventeen species to classify haplotype diversity and identify sites under diversifying selection during the evolution of these genes.
 We show that Ga2, the oldest of these three loci, was duplicated to form Ga1 at least 12 million years ago. Tcb1, the youngest locus, arose as a duplicate of Ga1 before or around the time of diversification of the Zea genus. We find evidence of positive selection during evolution of the functional genes at an active site in the pollen-expressed PME and predicted surface sites in both the silk- and pollen-expressed PMEs.
 The most common allele at the Ga1 locus is a conserved ga1 allele (ga1-Off), which is a specific haplotype containing three full-length PME gene copies, all of which are non-coding due to conserved stop codons and are between 610 thousand and 1.5 million years old. We show that the ga1-Off allele is associated with and likely generates 24-nt siRNAs in developing pollen-producing tissue, and these siRNAs map to functional Ga1 alleles. In previously-published crosses, the ga1-Off allele was associated with reduced function of the typically dominant functional alleles for the Ga1 and Tcb1 barriers.
 Taken together, this seems to be an example of a type of epigenetic trans-homolog silencing known as paramutation, functioning at a locus controlling a reproductive barrier.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1753632</t>
+    <t>1753632; 1929514</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Posted Content</t>
   </si>
   <si>
     <t>bioRxiv</t>
-  </si>
-[...1 lines deleted...]
-    <t>University of California - Davis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -324,46 +321,44 @@
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
-      <c r="Z2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>