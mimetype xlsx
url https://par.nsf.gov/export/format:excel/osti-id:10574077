--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10574077</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fspas.2024.1354615</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Extended metric validation of a semi-physical Space Weather Modeling Framework conductance model on field-aligned current estimations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hathaway, Erika Y; Mukhopadhyay, Agnit; Liemohn, Michael W; Keebler, Timothy; Anderson, Brian J; Vines, Sarah K; Barnes, Robin J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Astronomy and Space Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-987X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In this study, a detailed metric survey on the “Galaxy 15” (April 2010) space weather event is conducted to validate MAGNetosphere–Ionosphere–Thermosphere (MAGNIT), a semi-physical auroral ionospheric conductance model characterizing four precipitation sources, against AMPERE measurements via field-aligned current (FAC) characteristics. As part of this study, the comparative performance of three ionosphere electrodynamic specifications involving auroral conductance models, MAGNIT, Ridley Legacy Model (RLM) (empirical), and Conductance Model for Extreme Events (CMEE) (empirical), within the Space Weather Modeling Framework (SWMF), is demonstrated. Overall, MAGNIT exhibits marginally improved predictions; root mean square error values in upward and downward FACs of MAGNIT predictions compared to AMPERE data are smaller than those of CMEE and Ridley Ionosphere Model (RIM) by&lt;inline-formula&gt;&lt;math id='m1'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;12.7% and&lt;inline-formula&gt;&lt;math id='m2'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;6.24% before the storm,&lt;inline-formula&gt;&lt;math id='m3'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;4.52% and&lt;inline-formula&gt;&lt;math id='m4'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;2.13% better during the main phase,&lt;inline-formula&gt;&lt;math id='m5'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;1.98% and&lt;inline-formula&gt;&lt;math id='m6'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;1.27% worse during the second minimum, and better by&lt;inline-formula&gt;&lt;math id='m7'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;1.84% and&lt;inline-formula&gt;&lt;math id='m8'&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;1.49% by the beginning of the recovery, respectively. In all three model configurations, the dusk and night magnetic local time (MLT) sectors over-predict throughout the storm, while the day and dawn MLT sectors under-predict in response to interplanetary magnetic field (IMF) conditions. In addition to accuracy and bias, similar results and conclusions are drawn from additional metrics, including in the categories of correlation, precision, extremes, and skill, and recommendations are made for the best-performing model configuration in each metric category. Visual data–model comparisons conducted by studying the FAC location and latitude/MLT spread throughout various phases of the storm suggest that the spatial extent of the FACs is captured relatively well in the night-side auroral oval, unlike in the day-side oval. The spread in latitude of the FACs matches that in the previous literature on other model performances. This information on auroral precipitation sources and their weight on FACs, along with metrics from model–data comparisons, can be used to modify MAGNIT settings to optimize SWMF model performance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1663885; 2002574</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers in Astronomy and Space Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>