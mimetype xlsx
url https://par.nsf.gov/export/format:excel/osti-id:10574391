--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -137,51 +137,51 @@
   <si>
     <t>123476</t>
   </si>
   <si>
     <t>0376-7388</t>
   </si>
   <si>
     <t>Membrane distillation (MD) can treat high-salinity brine. However, the system’s efficiency is hindered by obstacles,
 including salt scaling and temperature polarization. When properly implemented, surface patterns can
 improve the mass and heat transfer in the boundary layer, which leads to higher MD efficiency. In this work, the
 performance of direct contact membrane distillation (DCMD) using Sharklet-patterned poly (vinylidene fluoride)
 (PVDF) membranes is investigated. Both non-patterned and patterned PVDF membranes are prepared by lithographically
 templated thermally induced phase separation (lt-TIPS) process with optimized conditions. Sharklet
 patterns on the membranes improve the DCMD performance: up to 17 % higher water flux and 35 % increased
 brine-side heat transfer coefficient. The scaling resistance of the membranes during DCMD is tested by both
 saturated CaSO4 solution and hypersaline NaCl solutions. Patterned PVDF membranes show an average of 30 %
 higher water flux and up to 45 % lessened flux decline over time compared with non-patterned membranes when
 treating high-concentration brines. Post-mortem analysis reveals that Sharklet-patterned membranes display less
 salt-scaling on surfaces with smaller-sized CaSO4 and NaCl crystals, maintain a relatively cleaner surface, and
 exhibit better retention of hydrophobicity.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2310937; 2310866</t>
+    <t>2310937; 2310866; 2053118</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>