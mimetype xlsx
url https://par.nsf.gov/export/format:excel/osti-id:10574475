--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10574475</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/mpp.70047</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DNA Ligase I Circularises Potato Spindle Tuber Viroid RNA in a Biomolecular Condensate</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yunhan; Ma, Junfei; Hao, Jie; Liu, Bin; Wang, Ying</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Molecular Plant Pathology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1464-6722</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Viroids are single‐stranded circular noncoding RNAs that mainly infect crops. Upon infection, nuclear‐replicating viroids engage host DNA‐dependent RNA polymerase II for RNA‐templated transcription, which is facilitated by a host protein TFIIIA‐7ZF. The sense‐strand and minus‐strand RNA intermediates are differentially localised to the nucleolus and nucleoplasm regions, respectively. The factors and function underlying the differential localisation of viroid RNAs have not been fully elucidated. The sense‐strand RNA intermediates are cleaved into linear monomers by a yet‐to‐be‐identified RNase III‐type enzyme and ligated to form circular RNA progeny by DNA ligase I (LIG1). The subcellular compartment for the ligation reaction has not been characterised. Here, we show that LIG1 and potato spindle tuber viroid (PSTVd) colocalise near the nucleolar region in&lt;italic&gt;Nicotiana benthamiana&lt;/italic&gt;protoplasts. The colocalised region is also the highly condensed region of sense‐strand PSTVd RNA, indicating that PSTVd RNA and LIG1 form a biomolecular condensate for RNA processing. This finding expands the function of biomolecular condensates to the infection of subviral pathogens. In addition, this knowledge of viroid biogenesis will contribute to exploring thousands of viroid‐like RNAs that have been recently identified.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2350392; 2145967; 2410009; 1906060</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>