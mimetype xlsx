--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10575514</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE61694.2024.10893517</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>WIP: Comparison of Neurodivergent Student Prevalence in Engineering Across Two Institutions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bolhari, Azadeh; Bielefeldt, Angela R; Dyer, Shellee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-5150-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This work-in-progress research paper describes the prevalence of neurodivergent students (ND) in engineering across
+two institutions. There is growing awareness that engineering students who are neurodivergent bring unique assets and face challenges to their higher education experience. Neurodivergent students may also face additional challenges associated with chronic illness or being marginalized due to their gender or race/ethnicity. This paper provides background on these issues, followed by demographic data from two institutions. The goal of the paper is to raise the awareness of engineering faculty that the variety of differences and medical conditions among engineering students may be more diverse and/or prevalent than many realize. Students may not disclose these conditions or receive formal accommodations but can be successful. With a notable percentage of engineering students identifying as ND, faculty should ensure these students feel supported. Higher education institutions should also prioritize systematic planning and programming to support the retention and success of these neurodivergent students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205067</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Washington, DC, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>